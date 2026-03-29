--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,1947 +269,1707 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14095", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14095", " SOBRESSALENTES DIVERSOS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14103", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14103", " EQUIPAMENTOS E INSTRUMENTOS DE MEDICAO      ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14114", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14114", " ELEMENTOS, FILTROS, COMPONENTES E ACESSORIOS PARA FILTROS  ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14097", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14097", " PEÇAS E COMPONENTES PARA REBOQUES, CARROCERIAS E TRANSBORDOS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14104", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14104", " 14250 KG DE AÇÚCAR CRISTAL E EMBALAGENS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14110", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14110", " MAQUINAS E ACESSORIOS DE EMBALAGEM E ACONDICIONAMENTO      ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14112", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14112", " COMPONENTES PARA REDUTORES VELOCIDADE CONVERSORES TORQUE E CAIXAS MUDANCA    ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14118", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14118", " EQUIPAMENTO COMPONENTES ELETRICOS EM GERAL E ILUMINAÇÃO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14111", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14111", " CONEXÕES, BARRAS E PERFIS FERROSOS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.850,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14116", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14116", " MANGUEIRAS, TUBOS E CONEXOES HIDRAULICAS (ALTA PRESSAO)            ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.550,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14120", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14120", " COMPONENTES PARA TURBINAS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14101", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14101", " CORREIAS, CORRENTES E ROLETES")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14117", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14117", " COMPONENTES AUTOMOTIVOS DIVERSOS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.450,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14102", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14102", " SISTEMA DE COMBUSTIVEL, ALIMENTACAO E ARREFECIMENTO    ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14100", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14100", " PRODUTOS QUIMICOS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>7.050,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14108", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14108", " COMPONENTES PARA FABRICAÇÃO DE ACÚCAR")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14107", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14107", " EQUIP  E ACESSORIOS PARA OFICINAS DE TAPECARIA COSTURA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.550,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14115", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14115", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14109", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14109", " MATERIAIS DE FIXAÇÃO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14119", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14119", " COMPONENTES DE VEDAÇÃO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14113", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14113", " SOBRESSALENTES GM")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14105", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14105", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14099", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14099", " UNIFORMES E E.P.I.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14096", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14096", " MATERIAL DE PAPELARIA E INFORMÁTICA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14098", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14098", " VALVULAS AUTOMATICAS, DE SEGURANÇA, MANUAIS E ACESSORIOS  ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.850,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14106", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14106", " SOBRESSALENTES PARA CAMINHÕES VW")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.700,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14121", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14121", " SOBRESSALENTES PARA CAMINHÕES VOLVO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14122", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14122", " SOBRESSALENTES PARA CAMINHÕES SCANIA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>8.150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14123", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14123", " ROLAMENTOS, MANCAIS E ACESSÓRIOS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14125", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14125", " COMPONENTES PARA MOTORES DIESEL E GASOLINA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14124", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14124", " PEÇAS E COMPONENTES PARA TRATORES MASSEY FERGUSON, VALTRA E CARREGADEIRAS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14126", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14126", " PEÇAS E COMPONENTES PARA TRATORES JOHN DEERE")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14127", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14127", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14128", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14128", " SOBRESSALENTES PARA CAMINHÕES FORD")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14129", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14129", " PEÇAS E COMPONENTES PARA MAQUINAS PESADAS CAT, CASE E FIAT ALLIS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14130", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14130", " COMPONENTES PARA COLHEDORAS JOHN DEERE")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14134", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14134", " COMPONENTES PARA COLHEDORAS CLAAS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14136", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14136", " COMPONENTES PARA COLHEDORAS CASE")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14132", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14132", " SOBRESSALENTES DIVERSOS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14131", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14131", " ÓLEOS E GRAXAS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14135", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14135", " CARVÃO MINERAL")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14137", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14137", " SOBRESSALENTES DIVERSOS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14133", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14133", " TUBOS, BARRAS E CONEXÕES")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14138", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14138", " COMPOSTO QUIMICO PARA VEDACAO E TRAVAMENTO                  ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14139", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14139", " EQUIPAMENTOS E INSTRUMENTOS DE MEDICAO      ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14141", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14141", " EQUIPAMENTO COMPONENTES ELETRICOS EM GERAL E ILUMINAÇÃO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14146", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14146", " CMPONENTES PARA ACOPLAMENTOS E COLARES DE EIXO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14145", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14145", " COMPONENTES PARA COLHEDORAS JOHN DEERE E OUTRAS")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14144", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14144", " COMPONENTES PARA REDUTORES VELOCIDADE CONVERSORES TORQUE E CAIXAS MUDANCA    ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14140", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14140", " COMPONENTES DE VEDAÇÃO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14142", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14142", " PEÇAS E COMPONENTES PARA TRATORES VALTRA E OUTROS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>7.300,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14143", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14143", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ, VOLVO, SCANIA, VW E FORD")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14147", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14147", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14149", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14149", " ROLAMENTOS E ACESSORIOS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14148", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14148", " SOBRESSALENTES DIVERSOS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14150", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14150", " COMPONENTES PARA CENTRÍFUGAS DE AÇÚCAR")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...1726 lines deleted...]
-      </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14152", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14152", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14153", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14153", " CORREIAS, ENGRENAGENS E ROLETES")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14151", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14151", " ROLAMENTOS, MANCAIS E ACESSÓRIOS")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14154", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14154", " BARRAS, TUBOS E CONEXÕES")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>