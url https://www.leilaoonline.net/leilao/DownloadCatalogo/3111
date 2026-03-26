--- v0 (2025-11-13)
+++ v1 (2026-03-26)
@@ -269,2619 +269,2295 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224025", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224025", " VÁLVULA 14" REFORMADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224024", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224024", " VÁLVULA 30" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223961", "007")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223961", "[ LANCE POR KG ] TUBO CALANDRADO SEM USO 20" PARADE 3MM - APROX. 2190 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223957", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223957", " [ LANCE POR KG ] TUBO CALANDRADO SEM USO 20" PARADE 5MM - APROX. 1400 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224023", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224023", "[ LANCE POR KG ] TUBO CALANDRADO SEM USO 20" PARADE 3MM - APROX. 2190 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224032", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224032", "ELETROIMÃ ITALINDUSTRIA 82" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224036", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224036", " GARRA HIDRAULICA MOTOCANA 30CV - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224031", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224031", " GARRA HIDRAULICA MOTOCANA 30CV - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224035", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224035", " FILTRO PRENSA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223945", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223945", " [ LANCE POR KG ] PERFIL U OMEGA SEM USO 16" PAREDE 9,5MM - APROX. 960 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223946", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223946", "[ LANCE POR KG ] PÉ DIREITO TUBOLAR 6" X 4900MM 4 UNIDADES - APROX. 865 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224037", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224037", "GUINCHO HILO DE APROX. 12,40 METROS DE ALTURA COM UMA BASE DE 3,40 METROS DE ALTURA P/ DESCARGA DE CAMINHÃO - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224038", "018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224038", "GUINCHO HILO DE 13,4 METROS DE ALTURA P/ DESCARGA DE CAMINHÃO - VENDA NO ESTADO CONFORME LOTE EXPOSTO ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224039", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224039", "GUINCHO HILO DE 12,8 METROS DE ALTURA P/ DESCARGA DE CAMINHÃO - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223949", "022")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223949", " CONJUNTO DE CONVERSOR OSCILANTE DE TORQUE PARA MOENDA 42" X 78", COMPLETO, LADO ACIONAMENTO, LADO ACIONADO E O DISPOSITIVO DE LIGAÇÃO CENTRAL, MARCA ACIP, USADO. - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223956", "027")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223956", " [ LANCE POR KG ] TUBO 1/2"A 6"- APROX. 4000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223966", "031")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223966", " [ LANCE POR KG ] CHAPA XADREZ DE 3/16" E 1/4" COM TAMANHOS DIFERENTES - APROX. 8000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224026", "032")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224026", " 1 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224028", "033")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224028", " 1 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224029", "034")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224029", " 1 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224027", "035")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224027", " 1 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224030", "036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224030", " 1 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224033", "037")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224033", " 2 VÁLVULA DE SEGURANÇA 8" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223953", "038")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223953", " [ LANCE POR KG ] TUBOS CALANDRADOS DE 10" A 40" - APROX. 6000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223951", "040")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223951", " [ LANCE POR KG ] TUBO DE 16" A 24" - APROX. 3000 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223947", "053")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223947", " PRÉ AQUECEDOR DE 150 - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223952", "054")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223952", " PRÉ AQUECEDOR DE 150- VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223969", "057")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223969", " [ LANCE POR KG ] VIGA I 22" - 5 UNIDADES 4,4M CADA - TOTAL APROX. 2200 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223968", "060")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223968", "BARRACÃO (PÉ DIREITO COM 12 UNIDADES DE VIGA H 350 X 350 COM 16,9M ALTURA, TESOURA COM 6 UNIDADES DE VIGA U 6" COM 12,4M E TESOURA COM 6 UNIDADES DE VIGA U 6" COM 6,5M) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223965", "063")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223965", "ELETROIMÃ 58" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223954", "080")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223954", " VALVULA GAVETA 14" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223950", "081")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223950", " VALVULA GAVETA 14" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223948", "091")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223948", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223967", "092")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223967", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223962", "093")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223962", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223959", "094")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223959", " 5 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (50 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223960", "095")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223960", "20 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (200 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223955", "099")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223955", " 50 UNIDADES DE CAIXAS COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (Aprox. 500 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223964", "109")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223964", "1 UNIDADE DE CAIXA COM 10 CONJUNTOS DE MANGUEIRA FLEXIVEL DE 1,5M PARA SPRINKLER (20 UNIDADES DE CONJUNTOS NO TOTAL) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223971", "115")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223971", "[ LANCE POR KG ] LOTE COM APROXIMADAMENTE 20 TESOURAS COM 15M DE COMPRIMENTO - TESOURAS COM ALTURA ENTRE 1,41M E 2,47M - APROXIMADAMENTE 9.900KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223970", "116")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223970", "[ LANCE POR KG ] LOTE COM APROXIMADAMENTE 20 TESOURAS COM 15M DE COMPRIMENTO - TESOURAS COM ALTURA ENTRE 1,41M E 2,47M - APROXIMADAMENTE 9.900KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223974", "126")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223974", " 8 VALVULAS DUPLAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223975", "127")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223975", " 15 ENGRENAGENS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223972", "128")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223972", " 4 FREIOS PONTE ROLANTE - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223973", "129")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223973", "[ LANCE POR KG ] TARUGOS (EIXOS) DE 175MM Ø À 310MM Ø - APROX. 23.000 KG - DIFERENTES COMPRIMENTOS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223976", "131")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223976", " [ LANCE POR KG ] 16 TESOURAS COM 10M COMPRIMENTO 0,55M DE LARGURA COM VIGA DE 6" - APROXIMADAMENTE 6496 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>0.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223977", "132")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223977", " [ LANCE POR KG ] 22 TESOURAS COM 3,53 M COMPRIMENTO 1M DE LARGURA COM VIGA DE 8" - APROXIMADAMENTE 5852 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223978", "134")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223978", "GUINCHO HILO PARA 35 TONELADAS DE 15,8 METROS DE ALTURA P/ DESCARGA DE CAMINHÃO  - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223992", "141")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223992", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223987", "142")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223987", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223983", "143")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223983", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223984", "144")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223984", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223982", "145")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223982", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223993", "146")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223993", " 1 CONJUNTO DE CENTRIFUGA DE AÇUCAR PARA 350KG COM MOTOR MAUSA MODELO: MV 108 PARA ATÉ 700KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223979", "147")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223979", " 1 MOTOR MAUSA PARA CENTRIFUGA MODELO MV 108 PARA ATÉ 700KG")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223988", "148")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223988", " 1 PAINEL PARA CENTRIFUGA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223996", "149")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223996", " 1 PAINEL PARA CENTRIFUGA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223981", "150")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223981", " 1 PAINEL PARA CENTRIFUGA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223990", "154")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223990", " VALVULA GAVETA 12" USADA - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223985", "155")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223985", "1 PORQUINHO TINKÃO 8 X 43 (DIFERENCIAL DE CAMINHÃO) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223994", "156")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223994", " 2 VALVULAS ESFERA INOX - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223986", "157")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223986", " 2 VALVULAS ESFERA INOX - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223995", "158")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223995", " 6 VALVULAS ESFERA INOX - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223997", "161")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223997", "10 VALVULAS ESFERA INOX - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223980", "166")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223980", " 1 VALVULA GAVETA 4" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223991", "167")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223991", " 1 VALVULA GAVETA 4" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223989", "169")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223989", " 1 VALVULA GAVETA 5" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224001", "174")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224001", " 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.500MM; ESPESSURA: 5/8"; ALTURA INTERNA 975MM;")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223999", "175")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223999", " 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 893MM;")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223998", "176")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/223998", " 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 880MM")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224000", "177")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224000", " 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 890MM")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224002", "178")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224002", " 1 TAMPO TORISFÉRICO COM DIAMETRO EXTERNO: 4.550MM; ESPESSURA: 1/2"; ALTURA INTERNA 875MM")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224004", "190")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224004", " [ LANCE POR KG ] CHAPA DE 4MM - APROXIMADAMENTE 29,5M² E 930 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>0.30</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224009", "191")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224009", " [ LANCE POR KG ] CHAPA DE 5MM - APROXIMADAMENTE 5M² E 200 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>0.30</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224003", "192")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224003", " [ LANCE POR KG ] CHAPA DE 9MM - APROXIMADAMENTE 8,5M² E 585 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>0.30</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224007", "193")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224007", " [ LANCE POR KG ] CHAPA DE 12MM - APROXIMADAMENTE 9M² E 855 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>0.30</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224006", "194")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224006", " [ LANCE POR KG ] CHAPA DE 14MM - APROXIMADAMENTE 2,8M² E 310 KG - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>2,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>0.30</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224019", "195")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224019", "1 DESFIBRADOR 78" COM 29 PLACAS COMPLETO (COM MANCAIS E FLANGES) - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224020", "196")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224020", "1 DESFIBRADOR 100" COM 38 PLACAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224021", "197")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224021", "1 PONTE ROLANTE COM 13 METROS DE COMPRIMENTO E CAPACIDADE DE CARGA PARA 10 TONELADAS - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224022", "198")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/224022", "ELETROIMÃ ITALINDUSTRIA 94" - VENDA NO ESTADO CONFORME LOTE EXPOSTO")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>