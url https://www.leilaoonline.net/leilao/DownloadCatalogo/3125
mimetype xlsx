--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,1691 +269,1483 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225469", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225469", "Tanque Trucado - 6.000L")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225470", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225470", "Tanque Trucado - 3.000 L")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225471", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225471", "Tanque - 4.000 Litros")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225472", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225472", "Tanque - 4.000 Litros")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225473", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225473", "SCANIA/R112 HS 4X2 1988 - Com lança")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225474", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225474", "AUDI A3 SPB 2.0T FSI - 2007 - Ar condicionado não funciona ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225594", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225594", " Caminhão Mercedez Benz 608 MB Ano 1978 - Necessita manutenção")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225596", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225596", " RENAULT/MEGANEGT DYN 20A ANO 2007/2008 - funcionando e precisa de revisão básica, bons pneus")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225599", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225599", "Caminhão MB L 1113 , turbo ,hidráulico, freio a ar na tração e truck -.Funcionando ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...174 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225595", "101")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225595", " Pc 160 2015 horÍmetro 13 mil horas - operacional - revisada - reformada - ANO 2015 necessita pequeno reparo no giro - KOMATSU")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225597", "201")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225597", " Calcareadeira marca Kamaq para 5 ton, faltamas esteiras. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225618", "202")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225618", " Carreta de 1 eixo, medidas da carroceria de 1,80x3,5 m.Rodas aro 14. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225617", "203")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225617", " Semeadeira marca Semeato de 7 linhas, caixa de aço inox.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225626", "204")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225626", " Rotativa carpideira de linha, marca Lavrale. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225619", "205")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225619", " Arado de arrasto de 5 discos de 27", marca Civemasa. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225598", "301")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225598", " Trator esteira Caterpillar D6D ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>165.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225624", "302")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225624", " Trator esteira Caterpillar D6D ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>165.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225606", "303")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225606", " Pa carregadeira 966 Caterpillar")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>125.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225613", "401")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225613", "Bomba á vácuo")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225603", "402")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225603", "bomba a vácuo compressor")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225602", "403")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225602", " lote elevador 1 com altura de 10mts ,plataforma individual,220volts com sistema hidráulico ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225627", "404")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225627", " lote elevador 2 com altura de 10mts ,plataforma individual,220volts com sistema hidráulico ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225633", "405")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225633", " Lote elevador 3 com altura de 10mts ,plataforma individual,220volts com sistema hidráulico ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225620", "406")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225620", " Lote exaustor industrial para marcenaria")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225630", "501")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225630", " Aproximadamente 750 conexões de PVC. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225632", "502")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225632", " Aproximadamente 1000 peças de conexões em PVC. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225611", "503")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225611", " Torre empilhadeira triplex")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225622", "504")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225622", " Torre saur para empilhadeira")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225625", "505")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225625", " Torre de empilhadeira 5,50 mts de altura")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225609", "506")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225609", " 21 estruturas com roletes")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225634", "507")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225634", " Micronizador")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225631", "508")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225631", " Prensa hidráulica")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225604", "509")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225604", " Micronizador ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225628", "510")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225628", " Serra limax combinada")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225621", "511")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225621", " Esmeril")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225600", "512")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225600", " Torno meuser")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225615", "513")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225615", " Peças diversas para empilhadeira Clark C80D")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225601", "514")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225601", " Bomba KSB sem motor")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225635", "515")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225635", " Coletor de cavaco cobertec")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225623", "516")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225623", " Bomba d' água KSB com motor 125 CV 10" saída")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225612", "517")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225612", " Redutor SAUEL")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225638", "518")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225638", " Redutor")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225639", "519")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225639", " Varimot 2 unidades")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...442 lines deleted...]
-      <c r="E35" s="5" t="inlineStr">
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225629", "520")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225629", " Varimot 3 unidades")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225605", "521")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225605", " Varimot 3 unidades")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225616", "522")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225616", " Máquina de solda")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225607", "523")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225607", " Serra ALJE")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225636", "525")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225636", " Serra ALJE com motor")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225637", "526")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225637", " Chave secssionadora tripolar 4 unidades")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...666 lines deleted...]
-      <c r="E56" s="5" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225610", "527")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225610", " Motor GEVISA 441 KW")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225608", "528")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225608", " Máquina de solda BAMBOZZI")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F56" s="4" t="inlineStr">
-[...158 lines deleted...]
-      </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225614", "529")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225614", " Eixos diversos. Para guindaste canarinho")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>