--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225123", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225123", " PA CARREGADEIRA - NEW HOLLAND - W170B - 2008 NO ESTADO.  CHASSI:  N8AE13573 N.MOTOR:  N8AE13573 HORÍMETRO 23.500 (aproximadamente) OBS:  Máquina estava em operação, parou funcionando, porém está parada há alguns meses, necessita de revisão em geral, CONFORME SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225126", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225126", " PA CARREGADEIRA - NEW HOLLAND - W130 - 2009 NO ESTADO.  CHASSI:  N0AE11426,  N.MOTOR:  539998 HORÍMETRO 22.285 (aproximadamente) OBS:  Máquina estava em operação, parou funcionando, porém está parada há alguns meses, necessita de revisão em geral. CONFORME SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225118", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225118", " PRENSA HIDRÁULICA - VLC NO ESTADO.  OBS:  Funcionando, estava em operação.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225117", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225117", " FURADEIRA DE BANCADA - YADOYA - FY-S38 NO ESTADO.  OBS:  Funcionando, estava em operação.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225122", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225122", " FURADEIRA DE BANCADA - MOTOMIL NO ESTADO.  OBS:  Funcionando, estava em operação.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...15 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225125", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225125", " TORNO MECÂNICO - IMOR - OFICINA 650 NO ESTADO.  OBS:  Equipamento funciona normalmente, pouca utilização.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225119", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225119", " PEÇAS DIVERSAS - CONFORME SÍNTESE ANEXO.  (CONTAINER 3 e 4) NO ESTADO.  OBS:  NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...47 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225121", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225121", " PEÇAS DIVERSAS -  CONFORME SÍNTESE ANEXO -  (GAIOLAS 1, 3 e 7) NO ESTADO.  OBS:  NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225120", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225120", " PEÇAS DIVERSAS -  CONFORME SÍNTESE ANEXO - (PALLETS 4, 7 e 19) NO ESTADO.  OBS:  NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225124", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/225124", " PEÇAS DIVERSAS - -  CONFORME SÍNTESE ANEXO - (CONTAINER 5 - PALLETS 8 e 15) NO ESTADO.  OBS:  NO ESTADO. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>