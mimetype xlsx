--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1275 +269,1119 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226129", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226129", " 05 unidades - MESA / APARADOR GRANDE MOD. GRANDE C/ GAVETAS FALSAS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226128", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226128", " 04 unidades - MESA / APARADOR PEQUENA MOD. PEQUENA C/ GAVETAS FALSAS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226134", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226134", " 05 unidades - ARARA RETA CROMADA GRANDE")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>875,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226133", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226133", " 04 unidades ARARA RETA CROMADA GRANDE")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226130", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226130", " 05 unidades - ARARA RETA CROMADA PEQUENA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226131", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226131", " 04 unidades - ARARA CROMADA CARRINHO COM RODIZIOS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226132", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226132", " 04 unidades - ARARA CROMADA CARRINHO COM RODIZIOS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226136", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226136", " 07 unidades - ARARA CURVA CROMADA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226137", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226137", " 07 inidades - ARARA CURVA CROMADA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226135", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226135", " 05 unidades - ARARA ESCADINHA CROMADA COM RODIZIOS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>875,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226140", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226140", " 05 unidades - ARARA ESCADINHA CROMADA COM RODIZIOS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>875,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226138", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226138", " 05 unidades - ARARA ESCADINHA CROMADA COM RODIZIOS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>875,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226139", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226139", " 05 unidades - ARARA ESCADINHA CROMADA COM RODIZIOS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>875,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226142", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226142", " 05 unidades - EXPOSITOR EM FERRO C/ PAINEL P/ GANCHO PRETO E BRANCO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226141", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226141", " 05 undades - EXPOSITOR EM FERRO C/ PAINEL P/ GANCHO PRETO E BRANCO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226143", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226143", " 05 unidades - EXPOSITOR EM FERRO C/ PAINEL P/ GANCHO PRETO E BRANCO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226144", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226144", " 05 undades - EXPOSITOR EM FERRO C/ PAINEL P/ GANCHO BRANCO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226145", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226145", " 08 unidades - ARARA RETA COM LATERAL TRIANGULAR (G) BRANCA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226146", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226146", " 08 unidades - ARARA RETA COM LATERAL TRIANGULAR (P) BRANCA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.520,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226149", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226149", " APROX. 100 UNIDADES - MANEQUINS DE FIBRA PARA REFORMAR - VARIADAS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226147", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226147", " APROX. 50 UNIDADES - MANEQUINS DE FIBRA PARA REFORMAR - VARIADAS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226151", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226151", " APROX. 06 UNIDADES - MANEQUINS MASCULINO SENTADO PARA REFORMAR - BRANCO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226150", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226150", " APROX. 05 UNIDADES - EXPOSITOR DE CHÃO P/ GANCHO - BRANCO/PRETO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226148", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226148", " APROX. 05 UNIDADES - EXPOSITOR DE CHÃO P/ GANCHO - BRANCO/PRETO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.125,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226152", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226152", " APROX. 05 UNIDADES - EXPOSITOR DE CHÃO P/ GANCHO - BRANCO/PRETO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226153", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226153", " APROX. 05 UNIDADES - EXPOSITOR DE CHÃO P/ GANCHO - BRANCO/PRETO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227872", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227872", " 02 - unidades - EXPOSITOR COM LED FRENTE/VERSO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227874", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227874", " 01 unidades - LETREIRO COM LED - LINGERIE LED ROSA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>225,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227873", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227873", " 01 unidade - LETREIRO ILUMINADO FRONTLIGHT - SHOP")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227875", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227875", " 01 unidade -PLACA LUMINOSA DE TETO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227876", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227876", " 01 unidades - PLACA ESPELHADA EM FERRO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227879", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227879", " 01 unidades - LETREIRO FRONTLIGHT COM CX METAL - BASICS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>225,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227878", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227878", " 01 unidades - PLACA EM ALTO RELEVO GIRLS")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227884", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227884", " 01 unidades - LETREIRO NEON NOVO NA CX - DENIN")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227880", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227880", " 01 unidades - LETREIRO FRONTLIGHT COM CX METAL - BASICS")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>225,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227881", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227881", " 01 unidades - LETREIRO NEON NOVO NA CX - ACESSORIES")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227882", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227882", " 01 unidades - LETREIRO FRONTLIGHT C/ CX METAL - DENIN")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227877", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227877", " 01 unidades - LETREIRO NEON ROSA - LINGERIE NOVO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227883", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227883", " 01 unidades - LETREIRO NEON AZUL - C/ CX ACRILICA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>