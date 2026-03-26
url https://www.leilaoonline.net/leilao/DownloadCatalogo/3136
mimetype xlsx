--- v0 (2025-10-13)
+++ v1 (2026-03-26)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226155", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226155", " (5 itens) -  1 pistola elétrica para pintura sem uso + 1 serra tico tico pneumática sem uso+ 1 vídeo k7 Panasonic + 1 DVD Samsung + 1 DVD philps")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228004", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228004", "(8 itens) Sofá retratil medida 2,60 + Espelho 1,18 x 1,26 + Aparador 1,20 x 0,40 + Mesa 1,20 x 0,90 + 4 cadeiras.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226166", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226166", " ( 11 itens)  1 pistola eletrica para pintura, 3 furadeira pneumática, 1 pistola pneumática para pintura, 4 cachaça artesanal, 2 vodka artesanal. Itens sem uso.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226163", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226163", " ( 36 itens)  1 pingometro duplo formato chale, 1 pingometro carroça, 15 garrafas de vodka artesanal, 18 garrafa cachaça artesanal itens sem uso   1 nobreak usado . ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226164", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226164", " ( 2 itens)  1 gabinete de informática  com acessórios usado  , 1 macaco  3.5  toneladas sem uso. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226156", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226156", "  Peças para piscina sem uso")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226167", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226167", " Diversos itens usados: 4 luminarias, suporte televisao, 2 pneus, 4 celulares, 2 ferro de passar, 3 telefone sem fio,  fontes diversas")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226165", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226165", " ( 2 itens)  1 janela, 1 bomba injetora incompleta item usado. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226157", "015")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226157", " Lote com aproximadamente 60 calotas de rodas automotivas")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226159", "016")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226159", " ( 3 itens) Vulcanizadora de camara de ar profissional  Vulcanizadora de pneu fixa profissional  Kit espatula truck com trava . itens sem uso.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226158", "017")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226158", " ( 2 itens) 1 bazuca assentador de talão profissional   1 kit espatula truck p/ pneu sem camara de caminhao. Itens sem uso. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226161", "018")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226161", " ( 8 itens) artesanato de mdf moto harley 3 com suporte de vinho e 5 com 2 bancos. Sem uso. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226160", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226160", " ( 4 itens) 2 pistola eletrica pintura   2 filtro automotivo itens sem uso. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226154", "026")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226154", "( 13 itens) 1 pistola elétrica de pintura sem uso + 12 pares de manete de motos diversas, produto sem uso. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226169", "027")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226169", "Lote ( 40 itens ) brinquedo carrinho educativo geométrico em mdf com  21 peças, medida 23cm x 15cm. Sem uso embalado")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...265 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226170", "028")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226170", "Lote ( 30 itens ) brinquedo diversos aramado infantil 13x 9x 15 cm . Sem uso embalado")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>