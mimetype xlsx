--- v0 (2025-11-13)
+++ v1 (2026-03-26)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226256", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226256", " Aproximadamente 10 toneladas de chapa de aço - Lance por Kg")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226249", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226249", " Aproximadamente 11 toneladas de chapa de aço - Lance por Kg")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226258", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226258", " Aproximadamente 9 toneladas de chapa de aço - Lance por Kg")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226272", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226272", " Lote com: 02 reservatórios de fibra, 01 de Inox")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226250", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226250", " Lote com: 02 moinhos de plástico")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226273", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226273", " Lote com: 02 moinhos de plástico")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226253", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226253", " Codorneira")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226252", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226252", " Lote com: 02 elevadores pantográficos")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226254", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226254", " Prensa enfardadeira de papelão")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226265", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226265", " Máquina de lavar INEQUIL ML 250Kg - Com inversor")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226251", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226251", " Máquina de lavar INEQUIL ML 250Kg - Com inversor")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226266", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226266", " Máquina de lavar INEQUIL ML 250Kg - Com inversor")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226271", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226271", " Máquina de lavar IMMECAM  200Kg")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226248", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226248", " Secadora WM 100 Kg")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226267", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226267", " Secadora INEQUIL 100 Kg")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226263", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226263", " Centrífuga 50 Kg")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226261", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226261", " Centrífuga 50 Kg")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226257", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226257", " Lote com: 2 CAIXAS D’ÁGUA 15.000 litros")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226260", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226260", " CAIXA D’ÁGUA 15.000 litros")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226259", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226259", " CAIXA D’ÁGUA 15.000 litros")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226268", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226268", " Máquina de lavar Suzuki 100Kg")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226269", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226269", " Caldeira Senio A lenha,- com lavador , coletor e chaminé - 1.200Kg/h")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226270", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226270", " COMPRENSOR SCHULZ MSWM 80  MAX/425")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226264", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226264", " Caldeira 1000L")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226274", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226274", " Caldeira 1800L")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226262", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226262", " Caldeira 450L")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...185 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226255", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226255", " Compressor com secadores")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228861", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228861", "Balança rodoviária - 40 ton. Cada pedra: 3m Largura x 2m Comp. X 0.12 espessura")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...574 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228862", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228862", "Tanque para diesel - 5.000 Litros")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228863", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228863", "Porta balcão - 3,60 X 2,50")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228864", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228864", "Lote com: 9 Vigas I")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>