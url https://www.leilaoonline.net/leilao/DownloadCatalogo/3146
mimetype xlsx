--- v0 (2026-02-07)
+++ v1 (2026-03-26)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226580", "33435")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226580", "veja o vídeo!! CAMINHÃO FORA DE ESTRADA; MARCA RANDON; MODELO RK435N; ANO 1995 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226581", "33436")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226581", "veja o vídeo!! ESCAVADEIRA, MARCA HYUNDAI; MODELO 250LC-7; ANO 2008 - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226582", "33437")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226582", "veja o vídeo!! PÁ CARREGADEIRA; MARCA VOLVO; MODELO L150E; ANO 2007 - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226583", "33438")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226583", "veja o vídeo!! PÁ CARREGADEIRA; MARCA VOLVO; MODELO L120E; ANO 2004 - C/ BALANÇA - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226584", "33439")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226584", "veja o vídeo!! PÁ CARREGADEIRA; MARCA HYUNDAI; MODELO HL760-7A; ANO 2014 - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226585", "33440")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226585", "ROMPEDOR HIDRÁULICO JAB 080; REVISADO E NÃO TRABALHADO; 2 CARCAÇAS E PEÇAS INTERNAS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226586", "33441")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226586", "veja o vídeo!! MÁQUINA DE PRENSAR MANGUEIRAS HIDRÁULICAS; MARCA SOGIMA; C/ FERRAMENTAL, CONEXÕES E MANGUEIRAS DIVERSAS - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226686", "33442")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226686", "veja o vídeo!! ESCAVADEIRA; MARCA HYUNDAI; MODELO 320LC-7; ANO 2012 - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226807", "33443")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226807", "BALANÇA RODOVIARIA ELETRÔNICA; MARCA CONFIANÇA; CAP. 80T; MEDIDAS: 18,00 X 3,00 MTS; SEM USO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226808", "33445")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226808", "veja o vídeo!! ESCAVADEIRA; MARCA KOMATSU; MODELO PC200; ANO 2010 - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226809", "33446")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226809", "veja o vídeo!! PÁ CARREGADEIRA; MARCA HYUNDAI; MODELO HL760-7A; ANO 2012 - C/ BALANÇA - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226810", "33452")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226810", "veja o vídeo!! CAMINHÃO FORA DE ESTRADA; MARCA RANDON; MODELO RK435N; ANO 1989 - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226811", "33454")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226811", "veja o vídeo!! ESCAVADEIRA; MARCA HYUNDAI; MODELO 320LC-7; ANO 2011 - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226812", "33455")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226812", "veja o vídeo!! CAMINHÃO FORA DE ESTRADA; MARCA RANDON; MODELO RK435N; ANO 1989 - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226813", "33459")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226813", "veja o vídeo!! PÁ CARREGADEIRA; MARCA VOLVO; MODELO L150F; ANO 2008 - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>160.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226814", "33460")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/226814", "veja o vídeo!! CAMINHÃO FORA DE ESTRADA; MARCA RANDON; MODELO RK430; ANO 1998 - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>109.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>