--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227839", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227839", " Inversor de frequencia GEFRAN 60CV 380V modelo ADV 200")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227840", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227840", " Inversor de frequência Danfoss modelo AKD 5000 50CV 380V")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227845", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227845", " Inversor de frequência Santerno Sinus 25CV 380V")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227846", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227846", " Inversor de frequência Santerno Sinus 20CV 380V")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227849", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227849", " 2 Inversores santerno Sinus 25CV 380V. Obs: Falta os IHMS e tampas frontais ( ambos funcionando)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227843", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227843", " 3 Inversores de frequência Danfoss modelo ADAP KOOL DRIVE 60CV 380V. Obs : Faltando os IHMS e partes da tampa")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>220.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227842", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227842", " Inversor de frequência Danfoss modelo AKD 5000 25CV 380V. Obs : Falta o IHM")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227841", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227841", " Inversor de frequência ABB modelo ACH 550 - 01 - 031A - 4 20CV 380V")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227844", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227844", " Inversor de frequência ABB modelo ACH 550 - 01 - 031A -4 20CV 380V . Obs : Sem o IHM")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227847", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227847", " Inversor de frequência WEG CFW09 30CV 380V")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227850", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227850", " 2 Inversores Allen Bradley 0,5CV 220V. 1 Inversor Telemecanique 2CV 220V")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227851", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227851", " Inversor de frequência WEG CFW700 20CV 220V")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227848", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227848", " Inversor de frequência Santerno Sinus M 7,5CV 380V")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227852", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227852", " Softstarter ABB modelo PS 5 60/105 - 500L")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227855", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227855", " Inversor de frequência WEG CFW700 10CV 380V")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...350 lines deleted...]
-      </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227853", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227853", " 3 Inversores de frequência TR200 trane. 2 de 1,5CV 380V e 1 de 2CV 380V")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227854", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227854", " Inversor de frequência DELTA de 1CV 220V")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227857", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227857", " 1 Inversor de frequência CFW10 1CV 220V e 1 Inversor de frequência Allen Bradley 1CV 220V")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>480,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227856", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227856", " Inversor de frequência WEG CFW09 15CV 380V")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>