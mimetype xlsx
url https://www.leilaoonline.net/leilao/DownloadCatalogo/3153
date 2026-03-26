--- v0 (2025-11-30)
+++ v1 (2026-03-26)
@@ -269,1243 +269,1091 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227572", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227572", " CAMINHAO COMPACTADOR 19 M3 - VOLKSWAGEN 17.280 - 6X2 - 2013 NO ESTADO.  PLACA:  AYP1H67 CHASSI:  953658249ER417979 RENAVAM:  1115066428. KM:  421,282 OBS:  Veículo OK, estava operacional. VENDIDO NO ESTADO.  DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>125.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227574", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227574", " CAMINHAO COMPACTADOR 19 M3 - VOLKSWAGEN 17.280 - 6X2 - 2013 NO ESTADO.  PLACA:  AYP1J32 CHASSI:  953658246ER417681 RENAVAM:  1014997680. KM:  512102.1 OBS:  Veículo ok, estava operacional. Baú Compactador necessita de reforma geral.  VENDIDO NO ESTADO. DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227592", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227592", " CAMINHAO COMPACTADOR 19 M3 - VOLKSWAGEN 17.280 - 6X2 - 2013 NO ESTADO.  PLACA:  AYP2B20 CHASSI:  953658241ER418429 RENAVAM:  1115085473. KM:  478.303. OBS:  Veículo OK, estava operacional. VENDIDO NO ESTADO.  DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227599", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227599", " CAMINHAO COMPACTADOR 15 M3 - VOLKSWAGEN 17.230 - 4X2 - 2017 NO ESTADO.  PLACA:  PRP0E93 CHASSI:  9533G8242JR805014 RENAVAM:  1121643539. KM:  150.848. OBS:  VEICULO SEM BATERIA, SEM ESTEPE, SEM CHAVE DE RODA MACACO, ALGUNS RISCOS NA LATARIA E PARABRISA COM TRINCA.  VENDIDO NO ESTADO.  DETALHES: SIN")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227605", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227605", " CAMINHAO ROLL ON / ROLL OFF GR - GRIMALDI - FORD 1722 - 6X2 - 2008/2009 NO ESTADO.  PLACA:  AQQ7F85 CHASSI:  9BFYCE7V79BB18209 RENAVAM:  988588714. KM:  304.124. OBS:  FaltaM: DIVERSAS PEÇAS E EQUPAMENTOS CONFORME RELAÇÃO NA SINTESE ANEXO. Veículo com cabine extendida, porém não consta no documento")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>123.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227603", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227603", " ESCAVADEIRA HIDRAULICA - KOMATSU PC200 - 2010 NO ESTADO.  PLACA:  ESC0825 CHASSI:  B30849 OBS:  FALTA RODA GUIA (RODANTE) E PISTÃO SUPERIOR - MOTOR E COMANDOS OK - VENDIDO NO ESTADO EM QUE SE ENCONTRA. DETALHES: SINTESE ANEXO.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227582", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227582", " CAIXA COMPACTADORA ESTACIONÁRIA 17 M3 - PLANALTO - Nº 1.02.009 CAIXA 13 NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227596", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227596", " CAIXA COMPACTADORA ESTACIONÁRIA 17 M3 - PORTAL - Nº 1.02.002 CAIXA 14 NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227595", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227595", " CAIXA COMPACTADORA ESTACIONÁRIA 17 M3 - PORTAL - Nº 1.01.004 CAIXA 15 NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227597", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227597", " CAIXA COMPACTADORA ESTACIONÁRIA 17 M3 - PORTAL - Nº 1.01.017 CAIXA 16 NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227570", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227570", " CAIXA COMPACTADORA ESTACIONÁRIA 17 M3 - PORTAL - Nº 1.01.034 CAIXA 17 NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227571", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227571", " CAIXA COMPACTADORA ESTACIONÁRIA 17 M3 - PLANALTO - Nº 1.02.007 CAIXA 18 NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227573", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227573", " CAIXA COMPACTADORA ESTACIONÁRIA 07 M3 - PLANALTO - Nº 1.03.012 CAIXA 01 NO ESTADO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227598", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227598", " CAIXA COMPACTADORA ESTACIONÁRIA 07 M3 - PLANALTO - Nº 1.03.009 CAIXA 02 NO ESTADO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227606", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227606", " CAIXA COMPACTADORA ESTACIONÁRIA 07 M3 - PLANALTO - SEM Nº CAIXA 03 NO ESTADO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227600", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227600", " CAIXA COMPACTADORA ESTACIONÁRIA 07 M3 - PLANALTO - Nº 1.03.006 CAIXA 04 NO ESTADO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227593", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227593", " CAIXA COMPACTADORA ESTACIONÁRIA 07 M3 - PLANALTO - Nº 1.03.005 CAIXA 05 NO ESTADO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227594", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227594", " CAIXA COMPACTADORA ESTACIONÁRIA 07 M3 - PLANALTO - Nº 1.03.003 CAIXA 06 NO ESTADO. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227588", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227588", " CAIXA COMPACTADORA ESTACIONÁRIA 07 M3 - WASTEC CAIXA 07 NO ESTADO. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227587", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227587", " CAIXA COMPACTADORA ESTACIONÁRIA 17 M3 - PORTAL - Nº 2.02.1.008 CAIXA 15A NO ESTADO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227590", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227590", " CAIXA COMPACTADORA ESTACIONÁRIA 07 M3 - USIMECA CAIXA 08 NO ESTADO. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227580", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227580", " CAIXA BROOKS 5 M3 - SEM TAMPA - Nº 02 e 03 - LOTE COM 2 CAIXAS CAIXA 02 e 03 NO ESTADO. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227584", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227584", " CAIXA BROOKS 5 M3 - COM TAMPA - Nº 04 CAIXA 04 NO ESTADO. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227581", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227581", " CAIXA BROOKS 5 M3 - COM TAMPA - Nº 05 CAIXA 05 NO ESTADO. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227607", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227607", " CAIXA BROOKS 5 M3 - COM TAMPA - Nº 06 CAIXA 06 NO ESTADO. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227602", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227602", " CAIXA BROOKS 5 M3 - COM TAMPA - Nº 07 CAIXA 07 NO ESTADO. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227601", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227601", " CAIXA BROOKS 5 M3 - COM TAMPA - Nº 08 CAIXA 08 NO ESTADO. ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227604", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227604", " CAIXA BROOKS 5 M3 - COM TAMPA - Nº 09 CAIXA 09 NO ESTADO. ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227576", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227576", " CAIXA BROOKS 5 M3 - SEM TAMPA - LOTE COM 3 CAIXAS CAIXAS 5A-7A-8A NO ESTADO. ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227577", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227577", " CAIXA BROOKS 5 M3 - SEM TAMPA - LOTE COM 3 CAIXAS CAIXAS 1A-2A-3A NO ESTADO. ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227575", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227575", " CAIXA BROOKS 5 M3 - SEM TAMPA - LOTE COM 3 CAIXAS CAIXAS 4A-6A-9A NO ESTADO. ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227579", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227579", " CAIXA BROOKS 5 M3 - COM e SEM TAMPA - LOTE COM 3 CAIXAS CAIXAS 10A-11A-12A NO ESTADO. ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227585", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227585", " PRENSA ENFARDADEIRA - 12 TON - FORZAN - 2012 - REF. 1570 PRENSA 1570 NO ESTADO. ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227578", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227578", " PRENSA ENFARDADEIRA - 12 TON - FORZAN - 2012  PRENSA 07 NO ESTADO. ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227586", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227586", " PRENSA ENFARDADEIRA - 12 TON - FORZAN - 2012 - REF. 1561 PRENSA 1561 NO ESTADO. ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227591", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227591", " PRENSA ENFARDADEIRA - 12 TON - FORZAN - 2012 - REF. 1572 PRENSA 1572 NO ESTADO. ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227589", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227589", " PRENSA ENFARDADEIRA - 12 TON - FORZAN - 2012  PRENSA 1 NO ESTADO. ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...1069 lines deleted...]
-      </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227583", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227583", " PRENSA ENFARDADEIRA - 12 TON - FORZAN - 2012  PRENSA 2 NO ESTADO. ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>