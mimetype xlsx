--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,3707 +269,3247 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227608", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227608", " DOBRADEIRA HIDRAULICA MARCA UNIVERSO 3.000 MM X 30 TON, DOBRA ATE 5MM-")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227611", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227611", " TANQUE MISTURADOR EM POLIPROPILENO PA EM INOX, CAPACIDADE 2.500 L")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227610", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227610", " PLATAFORMA ELEVATÓRIA MANCA ZELOSO MOTOR 3CV-220V ALTURA TOTAL 2,30 PESO MAXIMO 200kg")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227614", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227614", " UNIDADE HIDRÁ7ULICA COM VALVULAS COMPLETA MOTOR 30 CV 220 V.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227625", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227625", " REDUTOR TRANSMOTECNICA RELACAD 1:66")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227617", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227617", " REDUTOR TRANSMOTECNICA RELACAD 1:66")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227616", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227616", " APROX.110 PEÇAS ROLETE P/ ESTEIRA TRANSPORTADORA -460MM X 2 " 1000M X 2"")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227615", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227615", " APROX. 140 PEÇAS BARRA DE APOIO EM U - EM INOX 300мм х 150 ми")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227624", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227624", " APROX. 190 PEÇAS DISCO CORTAR MADEIRA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227626", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227626", " JOGO DE DISCO DE FREIOS FREMAX CARBON COD. BD 5298 VOLKS E OUTROS MODELOS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227621", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227621", " MISTURADOR EM INOX COM MOTO REDUTOR 0.25 CV-1710 RPM 220V.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227627", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227627", " TALHA MANUAL 5 TON.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227619", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227619", " ESTEIRA TRANSPORTADORA C/ MOTOREDUTOR COMPRIMENTO 2,50M")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227620", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227620", " ESTEIRA TRANSPORTADORA C/ MOTOREDUTOR COMPRIMENTO 1,70M")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227613", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227613", " BOMBA D'AGUA MARCA THEBE (NOVA) MOD TH 65/200 MANCA PARA MOTOR DE 50CV 3500 RPM.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...148 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227612", "022")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227612", " 20 PEÇAS ASSENTO PLASTICO DECA MOD. VOGE PLUS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227618", "023")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227618", " APROX. 2.500 PEÇAS CONEXÕES HIDRAULICAS DIVERDAS (SEM USO)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227628", "024")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227628", " ESTABILIZADOR DIGITAL PERFECTION MODELO MI-10000-10,0 KVA MONO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227708", "025")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227708", " INVERSOR DE FREQUENCIA SEW 10 HP")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227657", "026")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227657", " INVERSOR DE FREQUENCIA ABB-25HP-380V")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227659", "027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227659", " INVERSOR DE FREQUENCIA ABB-15HP-380V")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227703", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227703", " INVERSOR DE FREQUENCIA ABB-15HP-380V")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227702", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227702", " INVERSOR DE FREQUENCIA ABB ACS 600 5HP 380 V")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227706", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227706", " CONTATORA MARCA STROMBERG MOD OKYM 630W 22-900 AMP.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227749", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227749", " CONTATORA MARCA STROMBERG MOD OKYM 630W 22-900 AMP.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227741", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227741", " CHAVE SECCIONADORA ABB 630 A")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227744", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227744", " CHAVE SECCIONADORA ABB 400A")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227736", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227736", " 5 PEÇAS BOMBA DOSADORAS SEM USO E SEMI NOVAS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227737", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227737", " DISJUNTOR SCHNEIDER NSX 6302 TETRAPOLAR")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227739", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227739", " DISJUNTOR SCHNEIDER NSX 6302 TETRAPOLAR")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227740", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227740", " CHAVE SECCIONADORA SCHNEIDER INS 630 630A")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227760", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227760", " CHAVE SECCIONADORA SCHNEIDER INS 630 630A")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227738", "039")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227738", " CHAVE SECCIONADORA SCHNEIDER IN'S 400 TETRAPOLAR 400A")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227758", "040")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227758", " CHAVE SECCIONADORA SCHNEIDER INS 320 320A")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227761", "041")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227761", " 10 PECAS (SEM USO) RELE TERMICO DE SOBRE CARGA GE MOD RTA2H 54A 65 AMP")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227762", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227762", " 10 PECAS (SEM USO) RELE TERMICO DE SOBRE CARGA GE MOD RTA2H 54A 65 AMP")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227759", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227759", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227763", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227763", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227765", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227765", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227754", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227754", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227756", "047")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227756", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227753", "048")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227753", " 05 PEÇAS (SEM USO) MODOLO OF INTERFACE WEG MOD. MIW2-P")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227623", "049")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227623", " 5 PEÇAS (SEM USO) MANOPLA ROTATIVA PROLONGADA TERASAKI")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227755", "050")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227755", " 5 PEÇAS (SEM USO) MANOPLA ROTATIVA PROLONGADA TERASAKI")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227777", "051")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227777", " 5 PEÇAS (SEM USO) MANOPLA ROTATIVA PROLONGADA TERASAKI")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227622", "052")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227622", " 2 PEÇAS (SEM USO) IHM ABB ACS.CP-C")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227766", "053")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227766", " CAPACITOR TRIFASICO PARA CORREÇÂO DE FATOR DE POTENCIA TIPO SECO MODELO CLMD 43 MARCA ABB")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227757", "054")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227757", " MODULO ALLEN BRADLEY MICROLOGIX MOD 1762-1916 16 ENTRADAS (SEM USO)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227752", "055")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227752", " MODULO ALLEN BRADLEY MICROLOGIX MOD.1762-1916-16 ENTRADAS (SEM USO)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227609", "056")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227609", " CLP ALLEN BRADLEY MICROLOGIX 1.400 CATEGORIA 1766-L32BWA")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227764", "057")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227764", " INVERSOR DE FREQUENCIA SCHNEIDER 220V MOD. ATV12H037M2 0,33KW - 1/2 CV (SEM USO)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227770", "058")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227770", " INVERSOR DE FREQUENCIA SCHNEIDER 220V MOD. ATV12H037M2 0,33KW - 1/2 CV (SEM USO)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227767", "059")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227767", " 4 PECAS (SEM USO) DISJUNTOR MOTOR WEG 1,6 A 2,5 AMP. MOD. MPW 18-3-0025")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227772", "060")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227772", " 3 PEÇAS (NOVO ) DISJUNTOR MOTOR WEG 2.5A 4.0 AMP. MOD-MPW 18-3-U004")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227769", "061")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227769", " 3 PEÇAS DISJUNTOR MOTOR WEG 10 A 16 AMP. MOD MPW40-3-0-U016")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227768", "062")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227768", " 5 PEÇAS (SEM USO) CONTATOR ABB 220 V MOD. AX09-30-10-75")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227775", "063")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227775", "[ LANCES POR KG ] APROX. 1.300 QUILOS DE RELES TÊRMICO DE SOBRE CARGA AMPERAGENS DE 1,6 A 40 (SEM USO E USADOS) (APROX. 7.000 PÇS.)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227781", "064")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227781", "[ LANCES POR KG ] APROX. 500 KILOS DE DISJUNTORES MONOPOLAR, BIPOLAR E TRIPOLAR DIVERSAS AMPERAGENS (USADOS) (APROX. 3.800 PÇS)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227681", "065")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227681", "[ LANCES POR KG ] APROX. 90 KILOS DE BORNE SAK SIEMENS MOD. 8 WA1-011-1PM00 35MM TERRA ( SEM USO) (APROX. 1.000 PÇS)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>25,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>1.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227783", "074")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227783", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK3P-I 11 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227786", "075")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227786", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK3P-I 11 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227787", "076")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227787", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK3P-I 11 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227789", "077")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227789", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK3P-I 11 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227791", "078")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227791", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK3P-I 11 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227792", "079")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227792", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK2P-I 8 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227784", "080")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227784", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK2P-I 8 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227678", "153")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227678", " SERVO DRIVE MITSUBISHI MOD. MR-J2-40 A")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...84 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227700", "167")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227700", " INVERSOR DE FREQUENCIA ABB MOD. SANI GS 3CV 380V")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227693", "168")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227693", " MACACO HIDRAULICO 1 TONELADA")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227695", "169")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227695", " MACACO HIDRAULICO 1 TONELADA")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227696", "170")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227696", " MACACO HIDRAULICO 1 TONELADA")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227697", "171")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227697", " MACACO HIDRAULICO 1 TONELADA")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227694", "172")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227694", " MACACO HIDRAULICO 1 TONELADA")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227698", "173")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227698", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227701", "174")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227701", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227807", "175")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227807", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227704", "176")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227704", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227705", "177")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227705", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227815", "178")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227815", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227717", "179")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227717", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227711", "180")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227711", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227713", "181")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227713", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227707", "182")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227707", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227710", "183")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227710", " MACACO HIDRAULICO 12 TONELADAS")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227709", "184")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227709", " MACACO HIDRAULICO 12 TONELADAS")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227718", "185")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227718", " MACACO HIDRAULICO 12 TONELADAS")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227712", "186")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227712", " MACACO HIDRAULICO 12 TONELADAS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227715", "187")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227715", " MACACO HIDRAULICO 12 TONELADAS")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227716", "188")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227716", " MACACO HIDRAULICO 20 TONELADAS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227714", "189")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227714", " MACACO HIDRAULICO 20 TONELADAS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227719", "190")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227719", " MACACO HIDRAULICO 20 TONELADAS")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227722", "191")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227722", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227721", "192")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227721", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227723", "193")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227723", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227724", "194")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227724", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227725", "195")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227725", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227720", "196")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227720", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227727", "197")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227727", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227729", "198")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227729", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227726", "200")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227726", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227728", "201")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227728", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227731", "202")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227731", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227735", "203")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227735", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227742", "204")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227742", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227730", "205")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227730", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227733", "206")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227733", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227732", "207")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227732", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227746", "208")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227746", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227745", "209")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227745", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227743", "210")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227743", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227734", "211")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227734", " CHAVE DE SEGURANÇA PARA CABO TELEMECANIQUE 3 AMP 400V MOD. XY2-CE1A296 (SEM USO)")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E31" s="5" t="inlineStr">
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227748", "212")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227748", " CHAVE DE SEGURANÇA PARA CABO TELEMECANIQUE 3 AMP 400V MOD. XY2-CE1A296 (SEM USO)")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
-      <c r="F31" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E32" s="5" t="inlineStr">
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227751", "213")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227751", " MATERIAIS ELETRO-ELETRONICOS DIVERSOS")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E33" s="5" t="inlineStr">
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227750", "214")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227750", " TRACKERBALL INDUSTRIAL (SEM USO)")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F33" s="4" t="inlineStr">
-[...1055 lines deleted...]
-      <c r="F66" s="4" t="inlineStr">
+      <c r="F124" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-[...1854 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227747", "215")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/227747", " LOAD CONTROLS 15 AMP MOD. PCR 1800 (SEM USO)")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>