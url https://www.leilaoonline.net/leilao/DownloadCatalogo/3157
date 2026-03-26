--- v0 (2025-11-15)
+++ v1 (2026-03-26)
@@ -269,1243 +269,1091 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228005", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228005", "APROX. 150 TON PRATELEIRAS DE RACK, DIVERSAS PEÇAS COM 1.77M DE COMPRIMENTO COM 3/5 POL - LANCE POR KG")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228006", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228006", "APROX. 50 TON PRATELEIRAS DE RACK, DIVERSAS PEÇAS COM 1.77M DE COMPRIMENTO COM 3/5 POL - LANCE POR KG")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228007", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228007", "APROX. 50 TON PRATELEIRAS DE RACK, DIVERSAS PEÇAS COM 1.77M DE COMPRIMENTO COM 3/5 POL - LANCE POR KG")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228008", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228008", "APROX. 50 TON PRATELEIRAS DE RACK, DIVERSAS PEÇAS COM 1.77M DE COMPRIMENTO COM 3/5 POL - LANCE POR KG")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228013", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228013", "veja o vídeo!! LOTE COM 80 TONELADAS DE TUBOS DE 8.10.12.14 POLEGADAS; MEDIDAS: 8M DE COMP E 12M")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>0.50</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228017", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228017", "FIAT/UNO MILLE FIRE FLEX; 2006/2006; BRANCA; ALCO./GASOL.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228781", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228781", "CAMINHÃO M. BENZ/L. 1313; 1981/1981; BRANCO; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228015", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228015", "CAMINHÃO M. BENZ/1618M; 2000/2000; BRANCA; MUNK 12/500; MARCA MICHELETO - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228016", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228016", "CAMINHÃO MERCEDES BENZ L 1113; 1981/1981; VERMELHA; DIESEL; FREIO A AR")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228009", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228009", "FILTRO DE MANGA COM 204 MANGAS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228010", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228010", "LOTE COM 2 MOINHOS DE CALCÁRIO; MARCA MAQBRIT; MEDIDAS: 80 DE COMP. X 40 DE LARG. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231497", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231497", "TRANSBORDO PARA GRÃOS; CAPACIDADE 15 TONELADAS DE SOJA; ENGATE RAQUETE; PNEUS DE ALTA FLUTUAÇÃO - REVISADO E REFORMADO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228011", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228011", "GERADOR DE ENERGIA 110 KVA - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228012", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228012", "GERADOR DE ENERGIA 375KVA - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228014", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228014", "BRITADOR CONE KRUPP")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>280.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228018", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228018", "BAÚ; MEDIDAS: 8M DE COMPRIMENTO X 260 DE LARGURA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228019", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228019", "350 METROS DE COBRE")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228020", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228020", "BRITADOR 100/13 - DESMONTADO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228021", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228021", "CABINE CAMINHÃO MERCEDES BENZ 1113")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228022", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228022", "LOTE COM 2 TANQUES DE CULTIVAR LAVOURAS; 4 MIL LITROS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228023", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228023", "ROÇADEIRA; MARCA TATU")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228024", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228024", "LOTE COM 2 ALIMENTADORES COM REDUTORES; 66M METROS DE ESTEIRA; 132M METROSD DE CORREIAS; 114M DE LARGURA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228025", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228025", "LOTE COM 2 REDUTORES COM MOTORES DE 5CV")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228026", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228026", "PENEIRA VIBRATÓRIA 6M X 24M; 3 DEK; MARCA SIMPLEX; C/ MOTOR 40CV - TODA OPERACIONAL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228027", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228027", "PENEIRA 5M X 2M MARCA SIMPLEX; CHASSI, MOTOR E CARDAN, MOLAS - TODA OPERACIONAL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228028", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228028", "CALQUEADEIRA; MARCA JUMIL; 6 METROS CÚBICOS; CAÇAMBA EM AÇO INÓX; EQUIPAMENTO COM PONTOS DE FOGO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228029", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228029", "BRITADOR 40/30; NÃO POSSUI CUNHAS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228030", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228030", "TANQUE PARA PIPA; 15 MIL LITROS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228031", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228031", "RAQUER 27 PEÇAS; MEDIDAS: 1.60 DE ALTURA X 95 DE LARGURA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228032", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228032", "FILTRO DE MANGA COM 20 MANGAS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...314 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228033", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228033", "CAIXA D'ÁGUA COM 20 MIL LITROS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228034", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228034", "LOTE COM 1 CAIXA PARA BRITADOR")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228035", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228035", "LOTE COM 2 REDUTORES PARA MAROMBA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228036", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228036", "MISTURADOR; NÃO IDENTIFICADO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228037", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228037", "CAÇAMBA DE LIXO; MARCA USIMECA; ANO 2012 ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...602 lines deleted...]
-      <c r="E45" s="5" t="inlineStr">
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228038", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228038", "CAÇAMBA DE LIXO; MARCA USIMECA; ANO 2012")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F45" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231008", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231008", "REDUTOR; MARCA SEW; POTÊNCIA 900 CV")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231029", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231029", "BARRACÃO; C/ 4.700 METROS COM PÉ DIRETO MEDINDO 9 METROS")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>