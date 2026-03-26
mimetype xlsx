--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228301", "500")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228301", " 082-014-2024 - AMBULÂNCIA MERCEDES BENZ 515 CDI SPRINTERC; ANO 2012/2012; VERMELHA. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228293", "501")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228293", " 082-054-2024 - CAMINHÃO TANQUE MERCEDES BENZ ATEGO 1725; ANO 2010/2010; BRANCO. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>123.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228310", "502")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228310", " 082-057-2024 - CAMINHÃO TANQUE MERCEDES BENZ ATEGO 2425; ANO 2010/2011; BRANCO. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>201.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228309", "503")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228309", " 082-063-2024 - CAMINHÃO TANQUE MERCEDES AXOR 3131 6X4; ANO 2015/2016; BRANCO. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>165</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>278.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228296", "504")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228296", " CS-002-2023 - CAMINHÃO GUINDAUTO MERCEDES BENZ ATEGO 1725; ANO 2006/2006; BRANCO. - LOC. SANTA BARBÁRA/MG")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>201.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228299", "505")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228299", " FAB-CP53196-2023 - CAMINHÃO BASCULANTE SCANIA P420 8X4; ANO 2011; BRANCO. - LOC. OURO PRETO/MG")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228298", "506")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228298", " ITA-019-2024 - CAMINHÃO BASCULANTE SCANIA P-420 B8X4; ANO 2010/2011; BRANCO. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>114.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228295", "507")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228295", " RJ-002-2023-INV - BMW 528I; ANO 2014/2014; CINZA. - LOC. RIO DE JANEIRO/RJ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228319", "508")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228319", " SLS-EQ-001-2024 - ESCAVADEIRA VOLVO EC210BLC; ANO 2008. - LOC. SÃO LUIS/MA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228312", "509")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228312", " SLS-EQ-007-2024 - RETROESCAVADEIRA FIATLLIS; MOD. FB80.3; ANO 2016. - LOC. SÃO LUIS/MA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>101.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228304", "510")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228304", " ITA-091-2023 - CARREGADEIRA KOMATSU; MOD. W A200-120HP L; ANO 2007. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228306", "511")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228306", " MARI-RE3122-2023 - ESCAVADEIRA CATERPILLAR; MOD. 336DL; ANO 2013. - LOC. CATAS ALTAS/MG")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>49.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228314", "512")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228314", " 082-061-2024 - PÁ CARREGADEIRA CATERPILLAR 988D; ANO 2001. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>109</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>440.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228317", "513")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228317", " AGLP-PM6211-2024 - PÁ CARREGADEIRA E PNEUS MÉDIO PORTE CATERPILLAR; 988H - 501HP (L); ANO 2011. - LOC. RIO PIRACICABA/MG")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228318", "514")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228318", " VIG-MA0103-2024 - MANIPULADOR DE PNEUS CATERPILLAR 950F - 183HP (L) ANO 2001. - LOC. CONGONHAS/MG")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>84.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228294", "515")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228294", " CKS-ATI-016-2024 - EMPILHADEIRA CLARK; MOD. CMP45D; ANO 2008. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228311", "516")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228311", " ITA-020-2024 - EMPILHADEIRA HYSTER; MOD. H155FT-7T; ANO 2011. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228292", "517")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228292", " ITA-021-2024 - GUINDASTE TORRE GROVE; ANO 2015. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>10000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228300", "518")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228300", " MUT-038-2023  - RETROESCAVADEIRA LIEBHERR 974C; ANO 2015. - LOC. NOVA LIMA/MG")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228316", "519")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228316", " MRB-EQ-003-2024 - VAGÃO XIANGNFAN WY 130; ANO 2012. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228302", "520")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228302", " MRB-EQ-004-2024 - VAGÃO XIANGNFAN WY 130; ANO 2012. - LOC. MARABÁ/PA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228291", "521")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228291", " GOV-007-2024 - TALHA ELÉTRICA BAUMA OF 14-6682-1. - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228297", "522")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228297", " GOV-035-2023-RODOFERROVIARIO-RF 602- MAQ. VIA GV. - GUINDASTE GEISMAR; MOD. KGTV; ANO 1997. - LOC. GOVERNADOR VALADARES/MG")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228315", "523")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228315", " CKS-ATI-102-2023 - PLATAFORMA AEREA GENIE Z45/25; ANO 2012. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228308", "524")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228308", " ITA-090-2023 - PONTE ROLANTE MDE 5T. - LOC. ITABIRA/MG")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228290", "525")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228290", " 082-070-2024 - MÁQUINA PARA LIMPEZA DE VAGÕES LORAM; MOD. WV-WAGON VAC; ANO 2013. - LOC. VITÓRIA/ES")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228303", "526")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228303", " ACA-EQ-003-2024 - PALETERIA ELÉTRICA MARCON; MOD. PN TM3020SN; ANO 2017. - LOC. AÇAILÂNDIA/MA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.450,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228305", "527")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228305", " BAO-005-2024 - APROX. 5 ITENS. - BRITADORES; GRELHA VIBRATÓRIA; DISTRIBUIDOR DE POLPA; VEJA DESCRITIVO DE ITENS. - LOC. RIO PIRACICABA/MG")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>480.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228307", "528")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228307", " CKS-ATI-006-2024 - 2 PRENSAS VERTICAIS FORZAN 30T. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228313", "529")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228313", " CKS-ATI-010-2024 - PICADOR FLORESTAL A TAMBOR MODELO PBFT 380/600; MOD. PBFT 380/600; ANO 2012. - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>245</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>375.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228097", "550")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228097", " 082-074-2024 -TORRE DE ILUMINAÇÃO GENIE TML4000N, 935KG, Nº DE SÉRIE TML07 693; ANO 2004 - LOC: VITÓRIA/ ES")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228099", "551")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228099", " 082-078-2024 - PRENSA MARCON, 60T, ANO 2014 - LOC. VITÓRIA/ ES")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>15.700,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228095", "552")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228095", " ACA-EQ-002-2024 - GUINDASTE HIDRÁULICO DIMAP; AGI 12,5-9,7/22, ARGOS, ANO 2008 - LOC. AÇAILÂNDIA/ MA  ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228096", "553")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228096", " ACA-EQ-010-2023 - VAGÃO DE PASSAGEIROS ASTRA VAGOANE C, EC , ANO 1991 - LOC: AÇAILÂNDIA/ MA ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>5.100,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228101", "554")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228101", " BRU-002-2024_NV- APROX. 15 ITENS - MÁQUINAS DE SOLDA DIVERSAS - VEJA DESCRITIVO DE ITENS - LOC. SÃO GONÇALO DO RIO ABAIXO/ MG")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228110", "555")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228110", " CDM-003-2024 - APROX.11 ITENS - PENEIRAS, AGITADOR, FILTROS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC: SANTA LUZIA/ MG")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>42.100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228100", "556")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228100", "CKS-ATI-002-2024 - ELETROCENTRO EM ESTRUTURA METÁLICA COMPLETO, MARCA: NA; ANO: 2023; PESO: 60.000,000 KG - LOC. CARAJÁS/ PA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>211.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228108", "557")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228108", " CKS-ATI-003-2024 - APROX. 15 ITENS: MOTORES DIVERSOS, MINA DE FERRO E OUTROS - VEJA DESCRITIVO DE ITENS - LOC: CARAJÁS/ PA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>295.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228107", "558")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228107", " CKS-ATI-009-2024 - APROX.18 ITENS - MÁQUINA DE SOLDA, CONJUNTO PARA SOLDA E OUTROS -VEJA DESCRITIVO DE ITENS - LOC. CARAJÁS/ PA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228109", "559")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228109", " CKS-ATI-012-2024 - 03 MÁQUINAS DE SOLDA DIVERSAS - VEJA DESCRITIVO DE ITENS - LOC. CARAJÁS/PA")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228093", "560")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228093", " CKS-ATI-013-2024 - 01 TORNO HORIZONTAL ( ROMI T500) TENSÃO 440 VOLTS; ANO 2016 - LOC: CURIONÓPOLIS/ PA ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>197</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228092", "561")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228092", " MRB-EQ-001-2024- APROX. 07 ITENS - GERADOR HIDRÁULICO, GERADOR ALTERNADOR E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. MARABÁ/ PA ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>9.850,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228103", "562")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228103", " MRB-EQ-002-2024- 02 ESMERILHADORAS DIVERSAS - VEJA DESCRITIVO DE ITENS - LOC.MARABÁ/ PA ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228105", "563")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228105", " MRB-EQ-007-2024- 04 ITENS - CONDICIONADOR DE AR E BEBEDOUROS - VEJA DESCRITIVO DE ITENS - LOC. MARABÁ/ PA  ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228104", "564")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228104", " SFH-004-2024 - 07 ITENS - QUADRO DE DISTRIBUIÇÃO DE MÉDIA DIVERSAS - VEJA DESCRITIVO DE ITENS - LOC: SIMÕES FILHO/ BA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>315</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>83.800,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228106", "565")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228106", " SIS-EQ-002-2024- APROX. 29 ITENS - ROMPEDORES VIBRADOR VIG GEISMAR - VEJA DESCRITIVO DE ITENS - LOC: SANTA INÊS/ MA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>50.200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228098", "566")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228098", " SIS-EQ-003-2024 - 01 CONTAINER LAFAERTE, MOD. 13/7N1, ANO 2016 - LOC: SANTA INÊS/ MA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228094", "567")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228094", " SIS-EQ-008-2023 - APROX. 07 ITENS - MÁQUINAS DE ESMERILHAR DIVERSAS - VEJA DESCRITIVO DE ITENS - LOC. SANTA INÊS/ MA ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228102", "568")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228102", " SIS-EQ-009-2023- 04 ITENS - MÁQUINAS DE FURAR TRILHO DIVERSAS - VEJA DESCRITIVO DE ITENS - LOC. SANTA INÊS/ MA ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>