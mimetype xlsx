--- v0 (2025-11-16)
+++ v1 (2026-03-26)
@@ -269,2619 +269,2295 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228320", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228320", " ASPA DE FIAÇÃO MOTORIZADA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228344", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228344", " ASPA DE FIAÇÃO MOTORIZADA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228356", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228356", " AUTO CLAVE ESTERILIZADORA EM AÇO INOX")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228350", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228350", " CABINE PINTURA COMPACTA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228322", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228322", " CALDEIRA PARA OLEO DALTERMICO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228368", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228368", " CENTRIFUGA DE CESTO SEMI CONTINUA EM AÇO INOX 1.100 LITROS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>600.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228345", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228345", " CENTRÍFUGA DE CESTO INDUSTRIAL EM AÇO INOX 450 LITROS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228348", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228348", " CENTRIFUGA VERTICAL DE DISCOS GRATT EM AÇO INOX")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>600.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228329", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228329", " CENTRIFUGA DE PRATO WESTFALIA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228349", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228349", " CENTRIFUGA DE DISCOS WESTFALIA SEPARATOR D4740")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228363", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228363", " CENTRIFUGA DE CESTO CONTINUA EM AÇO INOX 565 LITROS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228346", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228346", " CHILLER INDUSTRIAL DANFRIO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228341", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228341", " CHILLER INDUSTRIAL MEGACAL")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228321", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228321", " CONTAINER AÇO INOX 1.000 LITROS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228337", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228337", " CURADORA UV GERMETEC MINICURA MC-300 2A/300")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228323", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228323", " ESTEIRA TRANSPORTADORA COM ELEVAÇÃO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228385", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228385", " FILTRO DE PLACAS - FPVT 20.000")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228343", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228343", " FILTRO NUTSCHE SECADOR A VÁCUO CAPAC. APROX. 1.000 LTS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>133.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228360", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228360", " FORNO ELÉTRICO ALTA TEMPERATURA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228339", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228339", " HOMOGENEIZADOR GAULIN")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228338", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228338", " TANQUE HORIZONTAL PARA LAVAGEM TIPO COXO EM AÇO INOX")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228334", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228334", " MAQUINA PARA SORVETE EXPRESSO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>180.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228325", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228325", " MISTURADOR PLANETÁRIO A VÁCUO DE 500 LITROS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228353", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228353", " MASSEIRA PLANETÁRIA G.PANIZ BP-18C")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228333", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228333", " MISTURADOR/DISPERSOR TIPO COWLES 25Cv")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228394", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228394", " MISTURADOR TIPO SIGMA PARA MISTURAS PESADA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228366", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228366", " MOINHO DE ESFERAS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228364", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228364", " PORTA PALETES E LONGARINAS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228352", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228352", " REATOR ENCAMISADO EM AÇO INOX 316 CAPAC. 1.850 LITROS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228327", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228327", " CRISTALIZADOR-SECADOR HORIZONTAL")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228336", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228336", " TANQUE EM AÇO INOX 20.000 LTS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228376", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228376", " TANQUE EM AÇO INOX CAPACIDADE 1500 LITROS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228367", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228367", " CAIXA EM AÇO INOX CAPAC. 9.000 LITROS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228384", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228384", " TORRE DE RESFRIAMENTO HYDRODATA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228358", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228358", " TORRE DE RESFRIAMENTO HYDRODATA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228361", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228361", " TRANSFORMADOR 30 KVA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>220.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228359", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228359", " TROCADOR DE CALOR AREA DE TROCA 20m²")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228386", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228386", " TROCADOR DE CALOR AREA DE TROCA 61,24m²")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228388", "043")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228388", " MISTURADOR RIBBON BLENDER CAPAC. APROX. 2.500 LITROS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228375", "045")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228375", " TANQUE DE FIBRA 8.600 LITROS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228372", "046")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228372", " TANQUE DE FIBRA 20.000 LITROS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228377", "047")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228377", " TANQUE DE FIBRA COM MISTURADOR 20.000 LITROS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228369", "048")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228369", "[ VÍDEO ] EMPILHADEIRA HYSTER 155 FORTIS")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>700.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228380", "049")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228380", " TANQUE DE FIBRA 20.000 LITROS")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228362", "050")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228362", " SILO EM AÇO INOX")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228393", "051")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228393", " SILO EM AÇO INOX")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228371", "052")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228371", " SILO EM AÇO INOX")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228374", "053")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228374", " SILO EM AÇO INOX")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228387", "054")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228387", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 200 LTS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228392", "055")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228392", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 310 LITROS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228326", "056")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228326", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 850 LITROS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228340", "057")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228340", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 1.800 LITROS")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228389", "058")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228389", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 1.200LTS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228351", "059")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228351", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 2.000 LITROS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228378", "060")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228378", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 700 LITROS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228342", "062")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228342", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 800 LITROS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228382", "063")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228382", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 1.200 LITROS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228391", "064")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228391", " TANQUE HORIZONTAL EM AÇO INOX CAPAC. APROX. 2.000 LITROS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228373", "065")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228373", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 3.600 LITROS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228379", "066")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228379", " CAIXA EM AÇO INOX COM MOTOR E SOPRADOR")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228390", "067")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228390", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 11.000 LITROS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>350.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228365", "068")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228365", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 700 LITROS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228357", "069")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228357", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 1500 LITROS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228370", "070")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228370", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 1300 LITROS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228383", "071")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228383", " TANQUE VERTICAL EM AÇO INOX CAPAC. APROX. 330 LITROS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228324", "072")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228324", " TANQUE HORIZONTAL EM AÇO CARBONO CAPAC. APROX. 1.000 LITROS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228355", "073")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228355", " TANQUE HORIZONTAL EM AÇO CARBONO CAPAC. APROX. 4.000 LITROS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228330", "074")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228330", " TANQUE HORIZONTAL EM AÇO CARBONO CAPAC. APROX. 3.200 LITROS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228354", "076")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228354", " TANQUE MISTURADOR DE FIBRA CAPAC. APROX. 15.000 LITROS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228347", "077")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228347", " TANQUE MISTURADOR DE FIBRA CAPAC. APROX. 15.000 LITROS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228332", "078")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228332", " TANQUE MISTURADOR DE FIBRA CAPAC. APROX. 20.000 LITROS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228381", "079")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228381", " TANQUE DE FIBRA CAPAC. APROX. 20.000 LITROS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228331", "080")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228331", " TANQUE DE FIBRA CAPAC. APROX. 25.000 LITROS")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228328", "081")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228328", " TANQUE DE FIBRA CAPAC. APROX. 20.000 LITROS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>450.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228335", "082")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228335", " TANQUE DE FIBRA CAPAC. APROX. 7.500 LITROS")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228395", "083")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228395", " EMPILHADEIRA JUNGHEINRICH DESMONTADA - (Equipamento pode estar faltando partes e peças)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...57 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228396", "084")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228396", " FILTRO PRENSA 15 PLACAS")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...121 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228397", "085")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228397", " FILTRO PRENSA 53 PLACAS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...25 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228398", "086")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228398", " FILTRO PRENSA 65 PLACAS")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228399", "087")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228399", " FILTRO PRENSA 41 PLACAS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...2174 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228400", "088")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228400", "REATOR ENCAMINSADO VITRIFICADO 3,5M³ MARCA PFUDLER")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>