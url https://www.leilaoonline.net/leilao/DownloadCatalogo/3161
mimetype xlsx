--- v0 (2025-11-30)
+++ v1 (2026-03-26)
@@ -269,955 +269,839 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228415", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228415", " TRATOR MEDIO JD 7195J FROTA- 335007 ANO:  2014 SÉRIE:  1BM7195JTDH000841 HORIM.  29,184.90 OBS:  SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>165.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228412", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228412", " CAVALO MEC.  VOLVO FM 500 6X4 FROTA 316012 ANO:  2014/2015 PLACA:  PVK-7D96 CHASSI:  9BVJG30D3FE829844  KILOM.  518,417 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228416", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228416", "MODELO: MB AXOR 3344S AT -  FROTA 216038 ANO:   2019/2019 PLACA:  QUT9985 CHASSI:  9BM958471KB138672 KILOM.  246,166 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>182.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228421", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228421", " FORD CARGO 2628 FROTA 53127 ANO:   2011/2012 PLACA:  NXZ-9J55 CHASSI:  9BFZEAZXCBS06928 KILOM.  196,024.10 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>118.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228413", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228413", " FORD CARGO 2628 COM  comboio (272017) FROTA 14110 ANO:  2011/2012 PLACA:  HNX-0G26 CHASSI:  9BFZEAZX2CBS06949 KILOM.  293,430.00 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228414", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228414", " FORD CARGO 2628 FROTA 53126 ANO:  2011/2012 PLACA:  NYB3E58 CHASSI:  9BFZEAZX7CBS05442 KILOM.  379,250.40 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228417", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228417", " SCANIA G 440 AT FROTA 316014 ANO:  2015/2015 PLACA:  PWO4739 CHASSI:  9BSG6X400F3873550 KILOM.  505,080.40 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228436", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228436", " FORD CARGO 815 E  - COM BAU.  FROTA 53045 ANO:  2006/2006 PLACA:  GVO0696 CHASSI:  9BFCE1N26BB66935 KILOM.  860,220.20 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228425", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228425", "FORD CARGO. ANO: 2011/2012 2628 FROTA 14113 PLACA: HNX0667. CHASSI Nº9BFZEAZX4CBS06998")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>132.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228424", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228424", " VOLVO VM270 FROTA 1558 ANO:  2012/2012 PLACA:  OQT0632 CHASSI:  93KK0R1D7CE136801 KILOM.  331,897.00 OBS:  MOTOR FUNDIDO - PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228423", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228423", " MB AXOR 3344S AT FROTA 216043 ANO:  2019/2019 PLACA:  QUT9943 CHASSI:  9BM958471KB138060 KILOM.  25,225.90 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>212.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228435", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228435", " CARRETEL DE IRRIGAÇÃO 125/400 FROTA 344003 ANO:  2014 N.SÉRIE:  49600314 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E AVARIAS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228418", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228418", " MOTO BOMBA - MBA MWM TD229/6 FROTA 54015 ANO:  2011 N.SÉRIE:  C1S209111 OBS:  *EQUIPAMENTO ESTÁ DESMONTADO. NÃO POSSUI MOTOR. SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E AVARIAS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228433", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228433", " TRATOR CARREGADEIRA  DE CANA - VALTRA BM 100-4 RA FROTA 2845 ANO:  2002 N.SÉRIE:  4389234 HORIM. 27,622,9 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  SEM AGREGADOS. MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>108.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228420", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228420", " SEMIREBOQUE CANAVIEIRO 2E RAND FROTA  3438(55504) ANO:  2002 PLACA:  GZG9B24 CHASSI:  9ADG11822M174482 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228419", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228419", " SEMIREBOQUE CANAVIEIRO 2E RAND FROTA 3441 ANO:  2002 PLACA:  GZG9B23 CHASSI:  9ADG118222M174531 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228432", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228432", " SEMI REBOQUE CANAVIEIRO  FROTA 3471 ANO:  2002 PLACA:  GZG9C08 CHASSI:  9ADG118222M174628 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228429", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228429", " TRANSBORDO TMA FROTA- 275043 ANO:  2017 CHASSI:  161866 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228431", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228431", " TRANSBORDO TMA FROTA-275044 ANO:  2017 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>128.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228428", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228428", " TRANSBORDO TMA FROTA- 275046 ANO:  2017 CHASSI:  VTX161870 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>131.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228437", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228437", " TRANSBORDO TMA FROTA-275047 ANO:  2017 CHASSI:  VTX161871 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>113</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>127.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228434", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228434", " TRANSBORDO TMA FROTA- 275048 ANO:  2017 CHASSI:  VTX161868 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228426", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228426", " TRANSBORDO TMA FROTA-275049 ANO:  2017 CHASSI:  VTX161865 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>162.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228430", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228430", " TRANSBORDO TMA FROTA-275050 ANO:  2017 CHASSI:  VTX161864 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>162.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228440", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228440", " TRANSBORDO TMA FROTA-275051 ANO:  2017 CHASSI:  VTX161867 OBS:  PNEUS RUINS, SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>134.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228427", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228427", " GRADE DE AR,CR 4828X7,5 FROTA- 352002 ANO:  2015 CAP.  5600L OBS:  *EQUIPAMENTO DESMONTADO. SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO. ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228438", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228438", " QUADRICICLO HONDA TRX420 FOURTRAX REF: 229013 ANO:  2015 CHASSI:  9C2TE4300FR002219 OBS:  Motor Desmontado, podendo faltar peças. Pneus Ruins. SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228439", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228439", " QUADRICICLO HONDA TRX420 FOURTRAX REF: 329012 ANO:  2015 CHASSI:  9C2TE4300FR000860 OBS:  Motor Desmontado, podendo faltar peças. Pneus Ruins. SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...324 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...478 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228422", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228422", " QUADRICICLO HONDA TRX420 FOURTRAX REF: 229004 ANO:  2013 CHASSI:  9C2TE3500DR005881 OBS:  Motor Desmontado, podendo faltar peças. Pneus Ruins. SERÁ VENDIDO NO ESTADO QUE SE ENCONTRA. EM GERAL COM CORROSÃO E COM AVARIAS.  MAIS DETALHES NA SÍNTESE ANEXO.")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>