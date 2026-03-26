--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228452", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228452", "veja o vídeo!! RETROESCAVADEIRA JCB; ANO 2020; MODELO ECXB14CM2CM; 4MIL HORAS - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>187.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228446", "012")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228446", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 40")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228447", "015")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228447", "RETROESCAVADEIRA JCB; MODELO 3CX 4X4; ANO 2016; EMPLACADA - FUNCIONANDO - PLACA FINAL 65")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228448", "017")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228448", "RETROESCAVADEIRA  MASSEY FERGUSON; MODELO 86 HD; ANO 1987")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>36.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228443", "020")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228443", "EMPILHADEIRA CLARK 7 TON; MOTOR CHEVROLET 6 CILINDROS - FUNCIONANDO (NÃO ACOMPANHA CILINDRO DE GÁS)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228444", "022")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228444", "veja o vídeo!! EMPILHADEIRA CLARK; 7 TONELADAS; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228445", "025")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228445", "EMPILHADEIRA CLARK; MODELO C300HY; CAPACIDADE 2.5 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228449", "030")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228449", "TRATOR FORD; MODELO 8N; ANO DE FABRICAÇÃO DÉCADA DE 50")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228451", "032")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228451", "MICRO TRATOR AGRALE")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...15 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228450", "035")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228450", "GRANECAR; DIESEL; CAPACIDADE 9 TONELADAS - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228454", "040")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228454", "CARRETA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228453", "060")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228453", "COMPACTADOR DE LIXO; MARCA PLANALTO; 19 METROS CUBICOS; PARA CAMINHÃO TRUCADO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>