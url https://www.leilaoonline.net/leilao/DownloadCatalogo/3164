--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1563 +269,1371 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228779", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228779", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2006/2006; BEGE; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>55.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228778", "007")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228778", "MICROÔNIBUS VW/KOMBI LOTAÇÃO; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230370", "010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230370", "veja o vídeo!! I/CHEV CRUZE LT HB AT; 2017/2017; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230371", "015")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230371", "veja o vídeo!! CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - APROX. 67.800KM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>36.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229935", "020")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229935", "veja o vídeo!! I/BMW 320I GRAN TURISMO; 2015/2015; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229381", "025")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229381", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228859", "035")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228859", "veja o vídeo!! HYUNDAI/TUCSON TURBO GLS; 2020/2021; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>77.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230372", "037")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230372", "veja o vídeo!! HYUNDAI/HB20 1.6A COMF; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228860", "040")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228860", "veja o vídeo!! I/VOLVO XC60 2.0 T5 KIN; 2015/2016; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228858", "045")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228858", "JEEP/COMPASS LONG TF; 2021/2022; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>76.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228729", "050")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228729", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 45.200KM")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>71.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228728", "055")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228728", "veja o vídeo!! FIAT/PALIO ESSENCE 1.6; 2014/2015; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228731", "060")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228731", "VW/GOL 1.0; 2012/2013; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228706", "065")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228706", "veja o vídeo!! HONDA/FIT PERSONAL; 2018/2018; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228715", "070")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228715", "veja o vídeo!! TOYOTA/ETIOS SD XLS; 2014/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228705", "075")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228705", "veja o vídeo!! HONDA/CIVIC TOURING CVT; 2020/2020; AZUL; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>91.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228721", "080")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228721", "veja o vídeo!! HONDA/CITY EX CVT; 2019/2019; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 57.900KM")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>53.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228717", "085")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228717", "FIAT PULSE AUDACE TF200 1.0; 2022; BRANCO; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>55.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228724", "090")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228724", "veja o vídeo!! HYUNDAI/CRETA 16M ATTITU; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228714", "095")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228714", "veja o vídeo!! HYUNDAI/HB20 10M SENSE; 2020/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - APROX. 37.200KM")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228718", "100")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228718", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - APROX. 49.300KM")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>63.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228722", "105")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228722", "veja o vídeo!! TOYOTA/YARIS HA XS 15CNT; 2020/2021; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228726", "110")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228726", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228712", "115")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228712", "veja o vídeo!! HONDA/FIT EX CVT; 2018/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228704", "120")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228704", "HONDA/HR-V EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 41.380KM")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>84.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228733", "125")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228733", "veja o vídeo!! I/HONDA CR-V EXL; 2010/2011; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228707", "130")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228707", "veja o vídeo!! CITROEN/C3 120A EXCLUSIV; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228716", "135")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228716", "veja o vídeo!! I/CHEV TRACKER PREMIER; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228720", "140")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228720", "veja o vídeo!! HONDA/FIT EX FLEX; 2013/2014; PRETA; ALCO./GASOL. - FUNCIONANDO - APROX. 62.600KM")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>29.250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228713", "145")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228713", "veja o vídeo!! I/MMC LANCER 2.0; 2011/2012; PRETA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228703", "150")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228703", "veja o vídeo!! HONDA/WR-V EXL CVT; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...127 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228700", "155")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228700", "veja o vídeo!! JEEP/COMPASS TRAILHAWK D; 2020/2021; PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>93.750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228702", "160")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228702", "veja o vídeo!! CITROEN/C4CACTUS FEEL AT; 2021/2022; PRATA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 41.960KM")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228727", "165")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228727", "VW/TL 1600; 1971/1971; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228723", "170")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228723", "veja o vídeo!! FIAT/LINEA ESSENCE 1.8; 2014/2015; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228710", "175")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228710", "veja o vídeo!! TOYOTA/ETIOS HB X; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228736", "180")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228736", "veja o vídeo!! I/VW TIGUAN 2.0 TSI; 2010/2011; PRETA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228708", "185")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228708", "veja o vídeo!! I/CHEVROLET AGILE LTZ; 2011/2011; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228701", "190")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228701", "veja o vídeo!! CHEV/SPIN 1.8L MT LS E; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - APROX. 49.500KM")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228711", "195")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228711", "veja o vídeo!! I/HONDA HR-V EX CVT; 2019/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>73.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228709", "200")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228709", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228719", "205")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228719", "veja o vídeo!! BMW/G650 GS; 2013/2014; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228725", "205")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228725", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>30.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228732", "210")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228732", "FIAT 500 SPORT DUAL; 2009/2010; GASOLINA - FUNCIONANDO - APROX. 69.200KM")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...191 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228734", "215")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228734", "TOYOTA/FIELDER; 2004/2005; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228730", "220")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228730", "veja o vídeo!! I/HONDA CBR 1000 RR; 2008/2008; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228737", "225")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228737", "FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...1118 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228738", "500")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228738", "JOGO DE RODAS 5 FUROS ARO 18" COM PNEUS 215 X 35")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.650,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>