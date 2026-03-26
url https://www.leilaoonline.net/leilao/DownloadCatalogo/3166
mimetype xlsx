--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229539", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229539", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2012/2013; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228836", "020")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228836", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228844", "025")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228844", "veja o vídeo!! VW/GOL MPI; 2022/2023; PRATA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 21.600KM")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228842", "030")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228842", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228837", "035")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228837", "AMBULÂNCIA I/M. BENZ 415 ALLTECH AMB; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA - IPVA 2024 OK")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228839", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228839", "CHEVROLET S10 LS 4X4 CD; 2021/2022; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>108</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>106.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228835", "045")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228835", "veja o vídeo!! FIAT/FIORINO ENDURANCE; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228841", "050")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228841", "VW/GOL 1.6; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228853", "055")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228853", "CHEVROLET S10 ADV FD2; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228851", "060")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228851", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228857", "065")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228857", "JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228849", "070")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228849", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228845", "075")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228845", "veja o vídeo!! CHEVROLET/MONTANA LS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228843", "080")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228843", "veja o vídeo!! NISSAN/FRONTIER LE 25 X4; 2009/2010; PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228846", "085")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228846", "veja o vídeo!! CHEVROLET/S10 LTZ DD4A; 2013/2014; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228838", "090")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228838", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228840", "095")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228840", "VW/SAVEIRO ROBUST; 2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228848", "100")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228848", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>90.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228847", "105")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228847", "AMBULÂNCIA I/M. BENZ REVESCAP AMB SR; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228850", "110")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228850", "CHEVROLET S10 LS CABINE DUPLA 4X4; 2021/2021; PRETA; DIESEL - FUNCI. - FIPE R$ 148.056,00")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228855", "110")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228855", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228852", "115")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228852", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228854", "120")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228854", "NISSAN FRONTIER XE 4X2; 2013/2013; PRETA; DIESEL - NÃO FUNCIONA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228856", "125")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/228856", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>