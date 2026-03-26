--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229254", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229254", "Lote com: Aproximadamente 120 extintores ,caixas ,roupas, acessórios e 150 placas")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229255", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229255", "Lote com: Ferramentas manuais e elétricas - EPI's , etc. - caixas não inclusas")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229256", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229256", "Tripé com guincho manual")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229257", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229257", "[vídeo] Rebocador elétrico - Capacidade 2000Kg")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229258", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229258", "[vídeo] Rebocador elétrico - Capacidade 2000Kg")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229259", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229259", "Lote com: 02 ferramentas à pólvora")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...57 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229260", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229260", "[vídeo] Módulo com 14 prateleiras - 2,40x 0,93 x 0,40 - desmontados")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229261", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229261", "Lote com: 2 prateleiras 2,40x0,94x0,40")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229262", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229262", "Lote com: 2 prateleiras 2,40x0,94x0,40")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229263", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229263", "Lote com: 2 prateleiras 2,40x0,94x0,40")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229264", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229264", "Lote com: 2 prateleiras industriais - 2,40x0,40x0,94 - Parcialmente desmontadas")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229265", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229265", "Lote com: 2 prateleiras industriais - 2,40x0,40x0,94 - Parcialmente desmontadas")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229266", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229266", "Lote com: 2 prateleiras industriais - 2,40x0,40x0,94 - Parcialmente desmontadas")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>