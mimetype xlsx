--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229293", "1100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229293", " COLHEDORA DE CAFÉ MATÃO EQP. TORNADO; ANO 2011. - FR50774. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229288", "1101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229288", " COLHEDORA DE CANA JOHN DEERE 3520; ANO 2014. - FR58263. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>48.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229286", "1102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229286", " 2 SUCATA DE DIFERENCIAS TRASEIROS MERCEDES BENZ; AXOR 2826. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229281", "1103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229281", "SUCATA DE SERRA DE BANCADA. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229275", "1104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229275", " SUCATA DE MOTOR. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229279", "1105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229279", " DIVISOR DE LINHA JHON DEERE. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229290", "1106")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229290", " ELEVADOR CASE. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229291", "1107")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229291", " ELEVADOR CASE. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229280", "1108")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229280", " ELEVADOR JHON DEERE. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229271", "1109")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229271", " ELEVADOR JHON DEERE. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229276", "1110")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229276", " ELEVADOR JHON DEERE. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229273", "1112")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229273", " CAMINHÃO MERCEDES BENZ L 1518; ANO 1987/1987; BRANCO. - FR4080. - LOC. SERRANA/SP (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO)")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229269", "1113")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229269", " CAMINHÃO MERCEDES BENZ L 1518; ANO 1987/1987; BRANCO. - FR4081. - LOC. SERRANA/SP (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO)")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229277", "1114")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229277", " PULVERIZADOR JACTO 3000; ANO 2010. - FR52741. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229272", "1116")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229272", " TRATOR JOHN DEERE 7815; ANO 2009. - FR50265. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>114.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229287", "1117")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229287", " TRATOR JOHN DEERE 7210; ANO 2012. - FR51028. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>165</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>227.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229289", "1118")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229289", " TRATOR JOHN DEERE 8335R; ANO 2012. - FR51212. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>245.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229294", "1119")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229294", " TRATOR JOHN DEERE 7815; ANO 2010. - FR50486. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>114.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229283", "1120")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229283", " TRATOR CASE PUMA 225; ANO 2015. - FR51587. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>163.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229298", "1121")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229298", " TRATOR JOHN DEERE 7205 J; ANO 2010. - FR50501. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229282", "1122")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229282", "CAMINHÃO MERCEDES BENZ L1313; ANO 1981/1981; BRANCO. - FR4076. - LOC. SERRANA/SP (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO)")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229292", "1123")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229292", "SUCATA DE CAMINHÃO VOLKSWAGEN 31.280; ANO 2014; BRANCO. - FR53395. - LOC. SERRANA/SP ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229270", "1124")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229270", " SUCATA DE CAMINHÃO VOLKSWAGEN. - S/FR. - LOC. SERRANA/SP ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229285", "1125")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229285", " SUCATA DE CAMINHÃO MERCEDES BENZ AXOR 3131; ANO 2016. - FR53994. - LOC. SERRANA/SP ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229278", "1126")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229278", " GERADOR A DIESEL MOTOMIL; MDGT; ANO 2022. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229297", "1127")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229297", " GERADOR A DIESEL MOTOMIL; MDGT; ANO 2022. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229295", "1128")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229295", " GERADOR A DIESEL MOTOMIL; MDGT; ANO 2022. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229284", "1129")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/229284", " GERADOR A DIESEL MOTOMIL; MDGT; ANO 2022. - S/FR. - LOC. SERRANA/SP")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>