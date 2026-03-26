--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230039", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230039", "veja o vídeo!! CHEVROLET/MONTANA LS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231482", "015")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231482", "veja o vídeo!! FIAT/TORO FREEDOM AT6; 2019/2020; BRANCA; ALCO./GASOL. - NÃO FUNCIONA - IPVA 2024 OK")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>60.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230040", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230040", "veja o vídeo!! CHEVROLET/S10 LTZ DD4A; 2013/2014; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230042", "025")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230042", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230043", "030")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230043", "CHEVROLET S10 ADV FD2; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230048", "040")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230048", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>61.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230709", "043")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230709", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230035", "045")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230035", "CHEVROLET S10 LS 4X4 CD; 2021/2022; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>75</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>90.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230032", "050")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230032", "veja o vídeo!! FIAT/FIORINO ENDURANCE; 2021/2021; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231484", "055")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231484", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230041", "055")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230041", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230036", "060")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230036", "VW/GOL 1.6; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230034", "065")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230034", "AMBULÂNCIA I/M. BENZ 415 ALLTECH AMB; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230045", "070")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230045", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230037", "075")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230037", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>151</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230046", "080")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230046", "VW/SAVEIRO ROBUST; 2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230049", "085")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230049", "CHEVROLET S10 LS CABINE DUPLA 4X4; 2021/2021; PRETA; DIESEL - FUNCI. - FIPE R$ 148.056,00")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230051", "090")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230051", "NISSAN FRONTIER XE 4X2; 2013/2013; PRETA; DIESEL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230053", "095")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230053", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230038", "100")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230038", "veja o vídeo!! NISSAN/FRONTIER LE 25 X4; 2009/2010; PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230052", "105")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230052", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230047", "110")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230047", "AMBULÂNCIA I/M. BENZ REVESCAP AMB SR; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...143 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230050", "115")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230050", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...318 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230044", "120")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230044", "JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>