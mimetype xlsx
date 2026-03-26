--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230770", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230770", " LOTE CONTENDO 01 PALETE C/ CENTENAS DE ITENS, SENDO: LATAS DE TINTAS DE DIVERSAS CORES E TAMANHOS, SPRAY , LUBRIFICANTES, SOLVENTES DE DIVERSAS MARCAS E MODELOS E DIVERSOS ITENS DO SEGMENTO, (L-01)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230769", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230769", " LOTE CONTENDO 01 PALETE C/ CENTENAS DE ITENS, SENDO: LATAS DE TINTAS DE DIVERSAS CORES E TAMANHOS, SPRAY , LUBRIFICANTES, SOLVENTES DE DIVERSAS MARCAS E MODELOS E DIVERSOS ITENS DO SEGMENTO (L-02)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232317", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232317", "Mini Torno Mecânico 350mm 550W + Jogo 11 Peças Ferramentas de Corte em Metal Duro 8 x 8mm para Torno - FORTGPRO-K3208")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230765", "011")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230765", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230762", "014")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230762", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230761", "018")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230761", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230760", "025")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230760", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230763", "033")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230763", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230759", "034")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230759", " LOTE C/ 100 UNIDADES DE PORTA RETRATOS DE TIMES FUTEBOL PAULISTA ( SÃO PAULO, PALMEIRAS E SANTOS) EM ALUMÍNIO, PRODUTO OFICIAL LICENCIADO C/ SELO HOLOGRÁFICO DE ORIGINALIDADE, ( SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230764", "037")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230764", " LOTE C/ 50 UNIDADES DE GARRAFAS DE ÁGUA C/ TAMPA , PARA GELADEIRA CAPACIDADE 2 LITROS, DIVERSAS CORES, ( SEM USO) CONFORME FOTOS.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230782", "050")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230782", " LOTE CONTENDO APROX. 100 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230778", "052")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230778", " LOTE CONTENDO APROX. 100 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230779", "054")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230779", " LOTE CONTENDO APROX. 100 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230774", "058")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230774", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230791", "059")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230791", "1000 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230780", "060")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230780", " LOTE CONTENDO APROX. 100 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230781", "068")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230781", " LOTE CONTENDO APROX. 100 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230785", "071")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230785", "80 tubos de Cola Elmer's vários Tamanhos, cores e modelos")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230790", "072")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230790", "1000 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230776", "073")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230776", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230789", "076")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230789", "1000 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230775", "083")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230775", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>990,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230768", "085")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230768", " LOTE CONTENDO DIVERSOS BRINQUEDOS E PARTES, VÁRIAS MARCAS E MODELOS,  CONFORME FOTOS. (B-06)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230788", "086")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230788", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230777", "093")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230777", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E27" s="5" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230787", "095")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230787", "500 UNIDADES DE COFRINHOS DE PLÁSTICO INJETADO, SENDO MODELOS:  PORQUINHOS, COELHINHOS, CARRINHO FUSCA E BOLINHAS DE FUTEBOL, ( SEM USO).")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F27" s="4" t="inlineStr">
-[...286 lines deleted...]
-      </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230773", "096")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230773", " LOTE CONTENDO APROX. 1.000 CÉDULAS ANTIGAS, ORIGINAIS,  SELECIONADAS E ÓTIMO ESTADO DE CONSERVAÇÃO, TODAS NACIONAIS DE DIVERSAS ÉPOCAS. ( CORRETAMENTE ARMAZENADAS PARA GARANTIA DE SUA QUALIDADE). CONFORME FOTOS.")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>990,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>