--- v0 (2025-10-13)
+++ v1 (2026-03-26)
@@ -269,5243 +269,4591 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230959", "1002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230959", " 1 bomba com motor weg 30cv")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230957", "1003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230957", " 1 bomba com motor 30cv")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230958", "1004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230958", " 1 jato de areia cmv")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231007", "1005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231007", "GERADOR 125 KVA COM MOTOR 4CC ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230913", "2001")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230913", " COMPRESSOR PARAFUSO INGERSOL RAND ( No estado)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230832", "2002")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230832", "VW SAVEIRO 1.8 ano 2005/2006 - FLEX - AMBULÂNCIA ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230917", "2003")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230917", "GM S10 24 ROTAN AMB.  - COR BRANCA - FLEX. ANO 2008/2009")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230872", "2004")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230872", "EMPILHADEIRA / PALETEIRA ELETRICA TOYOTA  - COM BATERIA E CARREGADOR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230874", "2005")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230874", " GERADOR DIESEL")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230873", "2006")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230873", " GERADOR 4CC APROX. 15 KVA MOTOR")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230814", "2007")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230814", "Máquina para solda de tubo. Tipo ponteadeira.100 KVa")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230875", "2008")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230875", " BRAÇO ARTICULADO PARA OFICINA (NÃO INCLUI VIGA LATERAL)")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230923", "2009")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230923", " TAMBOREADOR")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230878", "2010")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230878", " DOIS VASOS DE PRESSÃO COM VALVULAS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230944", "2011")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230944", " COMPRESSOR PARAFUSO COM MOTOR WEG 75CV")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230946", "2012")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230946", " COMPRESSOR PARAFUSO COM MOTOR REBELAR 75CV")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230924", "2013")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230924", " 01 PRENSA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230914", "2014")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230914", "02 UNIDADES - AUTOCLAVE HOSPITALAR")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230879", "2015")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230879", " Balança digital para 1000 kg 1.20 por 80 cm não testado podendo painel não funcionando")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230915", "2016")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230915", "TALHA 2 TON.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230922", "2017")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230922", " 01 BOMBA HIDRAULICA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230947", "2018")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230947", " UNIDADE HIDRÁULICA COM MOTOR WEG CV - TABQUE CAPACIDADE 195 LITROS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230945", "2019")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230945", " PRENSA HIDRÁULICA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230809", "2020")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230809", " 1 ventilador. .")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230949", "2021")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230949", " PRENSA PARA AMASSAR LATINHA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230854", "2022")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230854", " MISTURADOR DE ESFERA PARA TINTA COM MOTOR WEG 15 CV")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230880", "2023")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230880", " Canhão giratorio para água")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230829", "2024")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230829", "1 EXAUSTOR LARGURA 65 CM MOTOR WEG 1.5 CV ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230808", "2025")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230808", "VÁLVULA ROTATIVA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230838", "2026")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230838", " COMPRESSOR PARA DENTISTA ANO 2017")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230855", "2027")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230855", " 7 BOMBAS DE VÁCUO SUJA DE ÓLEO / GRAXA")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230828", "2028")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230828", "1 REDUTOR DE GRANDE PORTE PESO. 1.250 KGS APROX.")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230827", "2029")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230827", "1 VENTOINHA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230816", "2030")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230816", " 1 taboriador de peças com aquecedor")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230856", "2031")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230856", "CENTRÍFUGA SEPARADORA  FLOTTWEG  MOD. MW 2000 SSP 122")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230833", "2032")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230833", "Sistema de filtragem de óleo")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230830", "2033")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230830", "EXAUSTOR LARGURA 65 CM - MOTOR 1.5 HP MONOFASICO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230818", "2034")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230818", "Aprox. 10 peças - câmera e protetor para empilhadeira")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230882", "2035")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230882", " tanque de PVC com pé")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230821", "2036")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230821", "Mangueiras de pressão hidráulica ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230916", "2037")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230916", "BOMBA A VÁCUO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230859", "2038")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230859", " 01 MOTOR WEG COM BOMBA DE ENGRENAGEM( SEM PLAQUETA) APROX. 25 A 30 CV")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230866", "2039")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230866", " 01 TROLLER PARA 1100 KGS.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230822", "2040")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230822", "1 bomba a vácuo 2 moto redutor")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230950", "2041")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230950", " COMPRESSOR ( PRECISA MANUTENÇÃO)")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230817", "2042")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230817", "1 unidade hidráulica com 2 bombas hidráulicas com trocador de calor")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230883", "2043")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230883", " 2 trituradores para máquina acricola com facas")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230831", "2044")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230831", "1 Gerador")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230807", "2045")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230807", "COLETOR E SEPARADOR DE ÓLEO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230948", "2046")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230948", " [ VÍDEO ] COMPRESSOR SCHULZ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230881", "2047")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230881", " 1 bomba a vácuo marca omel mod bvm 250 motor 10 cv")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230951", "2048")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230951", " 4 MOINHOS DE BOLAS ( 1 CAPAC. 1.000LTS - 2 DUPLOS CAPAC. 500 LTS E 1 CAPAC. 500 LTS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230928", "2049")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230928", " 01 BOMBA")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230925", "2050")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230925", " 01 BOMBA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230841", "2051")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230841", " 4 PAINÉIS MODULO ELETRONICO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230927", "2052")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230927", " 01 BOMBA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230823", "2053")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230823", " 04 MOTORES CORRENTE CONTÍNUA")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230824", "2054")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230824", " 01 MOTOR")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230921", "2055")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230921", "MB/L 708E ANO 1987/1987 - COR BRANCA - DIESEL")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230884", "2056")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230884", " 2 BALANCINS SENDO: 1 DE 1,30MTS E 1 DE 0,85 MTS")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>320,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230864", "2057")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230864", " 01 BOMBA PARA QUIMICA MOTOR 1 CV")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230860", "2058")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230860", " 01 BOMBA DOSADORA 0,33 CV")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230840", "2059")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230840", " APARELHO PARA LABORATÓRIO")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230863", "2060")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230863", " 01 COMPRESSOR PARA REGERAÇÃO")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230926", "2061")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230926", " 2 MAQUINAS DE ESPECIFICAÇÃO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230825", "2062")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230825", " 02 PISTÕES PARA DESLOCAMENTO DE MAQUINAS - 1,65 MTS")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230862", "2063")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230862", " 03 MOTORES ( SENDO 1 SEM EIXO)")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230834", "2064")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230834", " 01 Bomba de alta pressão de pistão - com manual")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230842", "2065")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230842", " 1 PAINEL DE MÁQUINA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230865", "2066")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230865", " 01 REDUTOR")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230839", "2067")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230839", "Moto ventilador")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230806", "2068")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230806", " VENTILADOR")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230843", "2069")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230843", " UNIDADE HIDRAULICA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230877", "2070")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230877", " 01 SERRA ESQUADRILHADEIRA")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230929", "2071")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230929", " MOTOR 7.5CV RPM 1730")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230844", "2072")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230844", " UNIDADE HIDRAULICA COM MOTOR 5CV WEG")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230845", "2073")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230845", " ESTEIRA DE LONA (1,90 X 0,20 MTS) COM REDUTOR E MOTOR")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230846", "2074")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230846", " FURADEIRA DE BANCADA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230930", "2075")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230930", " 05 MOTORES")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230852", "2076")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230852", " SIRENE PARA AMBULANCIA")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230876", "2077")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230876", " 01 POLICARTE COM MOTOR WEG 2CV")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230853", "2078")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230853", " TROCADOR DE PLACAS PEQUENO")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230857", "2079")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230857", " 06 PEÇAS SENDO; 3 MOTOS REDUTORES E 3 MOTORES")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230931", "2080")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230931", " BOMBA HIDRÁULICA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230932", "2081")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230932", " 02 MOTORES SENDO -01 DE 4CV E 1 DE 3 CV BAIXA ROTAÇÃO")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230861", "2082")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230861", " 02 MOTORES WEG")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230800", "2083")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230800", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230920", "2084")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230920", " Carrinho com motor Weg para testes")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230858", "2085")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230858", " 02 MOTO REDUTORES")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230919", "2086")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230919", " 02 motores Eberle sendo ; 1de 4 cv 1710 rpm e 1 de 1,5 cv 1705rpm")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230918", "2087")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230918", " 1 projetor Sharp com defeito")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230933", "2088")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230933", " MOTOR COM REDUTOR PARA MAQUINA")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230867", "2089")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230867", "05 PNEUS FIRESTONE 235/75R15 (SEM USO  -  DOT VENCIDO)")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230868", "2090")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230868", " BOMBA DE REFRIGERAÇÃO DE MAQUINAS")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230871", "2091")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230871", " UNIDADE HIDRAULICA")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230869", "2092")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230869", " BOMBA DE REFRIGERAÇÃO DE MAQUINAS")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230870", "2093")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230870", " FILTRO MANGA COM MESA ( PARA MARCENARIA)")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230934", "2094")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230934", "03 MOTORES CORRENTE CONTÍNUA")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230938", "2095")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230938", " 04 PAINEIS ELETRICOS")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230888", "2096")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230888", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230885", "2097")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230885", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230890", "2098")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230890", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230887", "2099")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230887", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230891", "2100")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230891", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230893", "2101")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230893", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230892", "2102")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230892", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230889", "2103")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230889", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230886", "2104")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230886", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230894", "2105")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230894", " MISTURADOR COM TANQUE ENCAMISADO POR FORA (FERRO) E POR DENTRO (INOX) - BASCULANTE")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230903", "2106")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230903", " MOINHO DE ESFERA COM MOTOR WEG 20CV")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230899", "2107")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230899", " MOINHO DE ESFERA COM MOTOR WEG 20CV")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230904", "2108")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230904", " MASSEIRA")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230901", "2109")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230901", " BATEDOR HIDRAULICO COM MOTOR WEG 10 CV COM TACHO")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230902", "2110")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230902", " DISPENSOR DUPLO COM 2 MOTORES WEG 20 E 2 TACHOS")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230896", "2111")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230896", " COLETOR DE PÓ")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230898", "2112")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230898", " 02 UN. 2 CHUVEIROS PARA INDUSTRIA QUIMICA ( LAVA OLHOS)")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230900", "2113")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230900", " 04 CONJUNTOS DE MOTOR GERADORES")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230940", "2114")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230940", " 2 sistemas de exaustão de ventilação.um com motor Weg de 1.5 cv outro sem motor")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230942", "2115")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230942", " 12 motores Weg - diversas capacidades")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230895", "2116")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230895", " Cavalete para motor")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230943", "2117")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230943", " 1 unidade hidráulica com motor Weg 7.5 cv")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230897", "2119")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230897", " Rosqueadeira alemã")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230906", "2120")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230906", " 07 auto transformadores variavel")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230909", "2121")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230909", " 16 placas em aluminio")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230813", "2122")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230813", " Espuladeira para enrolar fios e carreteis")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230908", "2123")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230908", " 1 cortador gitatorio")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230905", "2124")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230905", " 1 bureta digital para laboratorio")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230912", "2125")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230912", " 3 micropipeta para laboratorio")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>80.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230911", "2126")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230911", " 2 aparelhos para laboratorio")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230907", "2127")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230907", " 1 balança comercial capac. 40kgs")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230910", "2128")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230910", " 1 psicrômetro")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230801", "2129")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230801", " 5 PROTOCOLADORES")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230802", "2130")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230802", " SOPRADOR")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230803", "2131")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230803", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230804", "2132")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230804", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230805", "2133")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230805", "01 redutor")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>1.120,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230810", "2134")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230810", " 1 Micro teste")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230811", "2135")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230811", " 1 micro teste para laboratório")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230812", "2136")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230812", " porta papel")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230815", "2137")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230815", "Filtro prensa de placas completa acompanha 1 bomba")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230835", "2401")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230835", " Compressor FS CURTIS HTA 120, Motor 15Hp, Tanque - *304 litros, Dimensões - Diâmetro 490 x 1760 mm* Peso - 450 kg Modelo")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230794", "2402")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230794", " 1 SERRA DE FITA RONEMAK COM SOLDADOR ( funcionando )")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230826", "2403")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230826", " BALANÇA FILIZOLA 300 KG")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230819", "2501")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230819", "Bancada de teste para motores - Dino MD 02. Veja especificações")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230792", "2502")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230792", "Furadeira Radial ")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230820", "2503")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230820", "Máquina de teste para refrigeração")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230850", "2504")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230850", "[ VÍDEO ] MÁQUINA DE CORTE PLASMA - AUTOMATICA")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230851", "2505")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230851", " COMPRESSOR DE AR")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230849", "2506")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230849", " MOTOR WEG 125CV")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230847", "2507")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230847", " MOTOR EBERLE 100CV")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230848", "2508")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230848", " MOTOBOMBA")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230798", "2509")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230798", " Aprox. 150 un. luminárias diversas - sem uso")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230796", "2510")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230796", " 1 balção inox (4 m) e 3 pias industrial (3 m)")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230793", "2511")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230793", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230797", "2512")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230797", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230795", "2513")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230795", " 1 bomba de óleo ( corpo de inox)")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230799", "2514")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230799", " Aproximadamente 45 disjuntores motores com amperagem diversas")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230836", "2515")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230836", " Disco de serra - aprox, 1.600 mm de diametro - peso aprox. 100 kg")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230837", "2516")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230837", " Disco de serra - aprox, 1.600 mm de diametro - peso aprox. 100 kg")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230952", "2601")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230952", "05 UNIDADES - (SUCATA) MOTORES FORD DIRECT FLEX 2.0")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230953", "2602")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230953", "05 UNIDADES - (SUCATA) MOTORES FORD DIRECT FLEX 2.0")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230954", "2603")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230954", "05 UNIDADES - (SUCATA) MOTORES FORD DIRECT FLEX 2.0")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230955", "2604")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/230955", "06 UNIDADES - (SUCATA) MOTORES FORD DIRECT FLEX 2.0")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>