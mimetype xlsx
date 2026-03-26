--- v0 (2025-10-23)
+++ v1 (2026-03-26)
@@ -269,4283 +269,3751 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231500", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231500", " TANQUE MISTURADOR EM POLIPROPILENO PA EM INOX, CAPACIDADE 2.500 L")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231499", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231499", " PLATAFORMA ELEVATÓRIA MANCA ZELOSO MOTOR 3CV-220V ALTURA TOTAL 2,30 PESO MAXIMO 200kg")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231502", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231502", " UNIDADE HIDRÁ7ULICA COM VALVULAS COMPLETA MOTOR 30 CV 220 V.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231511", "008")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231511", " REDUTOR TRANSMOTECNICA RELACAD 1:66")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231505", "009")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231505", " REDUTOR TRANSMOTECNICA RELACAD 1:66")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231504", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231504", " APROX.110 PEÇAS ROLETE P/ ESTEIRA TRANSPORTADORA -460MM X 2 " 1000M X 2"")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231503", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231503", " APROX. 140 PEÇAS BARRA DE APOIO EM U - EM INOX 300мм х 150 ми")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232318", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232318", " APROX. 190 PEÇAS DISCO CORTAR MADEIRA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231512", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231512", " JOGO DE DISCO DE FREIOS FREMAX CARBON COD. BD 5298 VOLKS E OUTROS MODELOS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231508", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231508", " MISTURADOR EM INOX COM MOTO REDUTOR 0.25 CV-1710 RPM 220V.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231513", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231513", " TALHA MANUAL 5 TON.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231506", "017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231506", " ESTEIRA TRANSPORTADORA C/ MOTOREDUTOR COMPRIMENTO 2,50M")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231501", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231501", " 20 PEÇAS ASSENTO PLASTICO DECA MOD. VOGE PLUS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231531", "025")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231531", " INVERSOR DE FREQUENCIA SEW 10 HP")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231514", "026")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231514", " INVERSOR DE FREQUENCIA ABB-25HP-380V")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231515", "027")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231515", " INVERSOR DE FREQUENCIA ABB-15HP-380V")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231526", "028")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231526", " INVERSOR DE FREQUENCIA ABB-15HP-380V")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231529", "030")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231529", " CONTATORA MARCA STROMBERG MOD OKYM 630W 22-900 AMP.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231572", "031")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231572", " CONTATORA MARCA STROMBERG MOD OKYM 630W 22-900 AMP.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231564", "032")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231564", " CHAVE SECCIONADORA ABB 630 A")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231567", "033")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231567", " CHAVE SECCIONADORA ABB 400A")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231559", "034")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231559", " 5 PEÇAS BOMBA DOSADORAS SEM USO E SEMI NOVAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231560", "035")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231560", " DISJUNTOR SCHNEIDER NSX 6302 TETRAPOLAR")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231562", "036")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231562", " DISJUNTOR SCHNEIDER NSX 6302 TETRAPOLAR")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231563", "037")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231563", " CHAVE SECCIONADORA SCHNEIDER INS 630 630A")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231583", "038")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231583", " CHAVE SECCIONADORA SCHNEIDER INS 630 630A")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231561", "039")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231561", " CHAVE SECCIONADORA SCHNEIDER IN'S 400 TETRAPOLAR 400A")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231581", "040")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231581", " CHAVE SECCIONADORA SCHNEIDER INS 320 320A")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231584", "041")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231584", " 10 PECAS (SEM USO) RELE TERMICO DE SOBRE CARGA GE MOD RTA2H 54A 65 AMP")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231585", "042")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231585", " 10 PECAS (SEM USO) RELE TERMICO DE SOBRE CARGA GE MOD RTA2H 54A 65 AMP")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>75.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231582", "043")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231582", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231586", "044")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231586", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231588", "045")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231588", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231577", "046")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231577", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231579", "047")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231579", " 10 PEÇAS (SEM USO) INTERRUPTOR DIFERENCIAL TETRAPOLAR 25 AMP")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231576", "048")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231576", " 05 PEÇAS (SEM USO) MODOLO OF INTERFACE WEG MOD. MIW2-P")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231510", "049")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231510", " 5 PEÇAS (SEM USO) MANOPLA ROTATIVA PROLONGADA TERASAKI")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231578", "050")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231578", " 5 PEÇAS (SEM USO) MANOPLA ROTATIVA PROLONGADA TERASAKI")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231596", "051")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231596", " 5 PEÇAS (SEM USO) MANOPLA ROTATIVA PROLONGADA TERASAKI")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231509", "052")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231509", " 2 PEÇAS (SEM USO) IHM ABB ACS.CP-C")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231589", "053")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231589", " CAPACITOR TRIFASICO PARA CORREÇÂO DE FATOR DE POTENCIA TIPO SECO MODELO CLMD 43 MARCA ABB")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231580", "054")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231580", " MODULO ALLEN BRADLEY MICROLOGIX MOD 1762-1916 16 ENTRADAS (SEM USO)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231575", "055")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231575", " MODULO ALLEN BRADLEY MICROLOGIX MOD.1762-1916-16 ENTRADAS (SEM USO)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231498", "056")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231498", " CLP ALLEN BRADLEY MICROLOGIX 1.400 CATEGORIA 1766-L32BWA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231587", "057")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231587", " INVERSOR DE FREQUENCIA SCHNEIDER 220V MOD. ATV12H037M2 0,33KW - 1/2 CV (SEM USO)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231593", "058")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231593", " INVERSOR DE FREQUENCIA SCHNEIDER 220V MOD. ATV12H037M2 0,33KW - 1/2 CV (SEM USO)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231590", "059")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231590", " 4 PECAS (SEM USO) DISJUNTOR MOTOR WEG 1,6 A 2,5 AMP. MOD. MPW 18-3-0025")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231594", "060")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231594", " 3 PEÇAS (NOVO ) DISJUNTOR MOTOR WEG 2.5A 4.0 AMP. MOD-MPW 18-3-U004")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231592", "061")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231592", " 3 PEÇAS DISJUNTOR MOTOR WEG 10 A 16 AMP. MOD MPW40-3-0-U016")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231591", "062")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231591", " 5 PEÇAS (SEM USO) CONTATOR ABB 220 V MOD. AX09-30-10-75")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231595", "063")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231595", "[ LANCES POR KG ] APROX. 1.300 QUILOS DE RELES TÊRMICO DE SOBRE CARGA AMPERAGENS DE 1,6 A 40 (SEM USO E USADOS) (APROX. 7.000 PÇS.)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>0.25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232319", "064")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232319", "[ LANCES POR KG ] APROX. 500 KILOS DE DISJUNTORES MONOPOLAR, BIPOLAR E TRIPOLAR DIVERSAS AMPERAGENS (USADOS) (APROX. 3.800 PÇS)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1,50</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>0.20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231597", "074")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231597", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK3P-I 11 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231599", "075")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231599", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK3P-I 11 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231600", "076")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231600", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK3P-I 11 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231601", "077")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231601", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK3P-I 11 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231602", "078")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231602", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK3P-I 11 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231603", "079")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231603", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK2P-I 8 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231598", "080")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231598", " 20 PEÇAS RELE DE ENCAIXE INDUSTRIAL MK2P-I 8 PINOS-10A- (SEM USO) SEM BASE")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231516", "153")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231516", " SERVO DRIVE MITSUBISHI MOD. MR-J2-40 A")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231524", "167")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231524", " INVERSOR DE FREQUENCIA ABB MOD. SANI GS 3CV 380V")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231518", "168")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231518", " MACACO HIDRAULICO 1 TONELADA")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231520", "169")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231520", " MACACO HIDRAULICO 1 TONELADA")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231521", "170")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231521", " MACACO HIDRAULICO 1 TONELADA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231522", "171")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231522", " MACACO HIDRAULICO 1 TONELADA")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231519", "172")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231519", " MACACO HIDRAULICO 1 TONELADA")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231523", "173")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231523", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231525", "174")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231525", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231604", "175")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231604", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231527", "176")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231527", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231528", "177")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231528", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231605", "178")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231605", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231540", "179")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231540", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231534", "180")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231534", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231536", "181")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231536", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231530", "182")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231530", " MACACO HIDRAULICO 4 TONELADAS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231533", "183")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231533", " MACACO HIDRAULICO 12 TONELADAS")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231532", "184")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231532", " MACACO HIDRAULICO 12 TONELADAS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231541", "185")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231541", " MACACO HIDRAULICO 12 TONELADAS")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231535", "186")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231535", " MACACO HIDRAULICO 12 TONELADAS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231538", "187")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231538", " MACACO HIDRAULICO 12 TONELADAS")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231539", "188")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231539", " MACACO HIDRAULICO 20 TONELADAS")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231537", "189")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231537", " MACACO HIDRAULICO 20 TONELADAS")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231542", "190")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231542", " MACACO HIDRAULICO 20 TONELADAS")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231545", "191")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231545", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231544", "192")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231544", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231546", "193")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231546", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231547", "194")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231547", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231548", "195")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231548", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231543", "196")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231543", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231550", "197")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231550", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231552", "198")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231552", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231549", "200")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231549", " MACACO HIDRAULICO 32 TONELADAS")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231551", "201")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231551", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231554", "202")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231554", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231558", "203")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231558", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231565", "204")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231565", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231553", "205")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231553", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231556", "206")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231556", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231555", "207")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231555", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231569", "208")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231569", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231568", "209")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231568", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231566", "210")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231566", " MACACO HIDRAULICO 50 TONELADAS")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231557", "211")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231557", " CHAVE DE SEGURANÇA PARA CABO TELEMECANIQUE 3 AMP 400V MOD. XY2-CE1A296 (SEM USO)")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231571", "212")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231571", " CHAVE DE SEGURANÇA PARA CABO TELEMECANIQUE 3 AMP 400V MOD. XY2-CE1A296 (SEM USO)")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231574", "213")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231574", " MATERIAIS ELETRO-ELETRONICOS DIVERSOS")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231573", "214")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231573", " TRACKERBALL INDUSTRIAL (SEM USO)")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231570", "215")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/231570", " LOAD CONTROLS 15 AMP MOD. PCR 1800 (SEM USO)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232185", "216")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232185", "CABEÇOTE PARA EXTRUSÃO DE TUBO DUPLO")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232186", "217")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232186", "CABEÇOTE PARA EXTRUSÃO DE TUBO ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232187", "218")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232187", "CABEÇOTE PARA EXTRUSÃO DE TUBO ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232188", "219")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232188", "DISJUNTOR 2.000 AMPERES ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233584", "220")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233584", " Inversor Santerno Sinus 10 cv /30 a / 220v / Revisado")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233583", "221")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233583", " Inversor WEG CFW 08 / 15 cv /24 a / 380v / Revisado")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233586", "222")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233586", " Inversor WEG CFW08 / 3 cv / 10 a / 220v / Revisado")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233587", "223")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233587", " Soft Starter WEG SSW07 / 85 a / 30 cv - 220v / 60 cv - 380v / Tensão 220 - 575v / Semi novo")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233585", "224")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233585", " Soft Starter WEG SSW07 / 45 a / Tensão 220 - 575v / 15cv - 220v / 30cv - 380v / Semi novo")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233592", "225")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233592", "Inversor WEG CFW08 / 3 cv / 10 a / 220v / Revisado ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233593", "226")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233593", "Inversor WEG CFW08 / 3 cv / 10 a / 220v / Revisado ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232407", "1000")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232407", " GERADOR 80 KVA/ MOTOR MWM /ALTERNADOR STERMAC / COM PAINEL TRANSFERENCIA AUTOMATICA")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232408", "1001")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232408", " FORNO BRASIMET TENSÃO 220V / CAPACIDADE 1.000 GRAUS/LARGURA 800MM X COMPRIMENTO 1.000MM")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232409", "1002")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232409", " GERADOR 55 KVA/MOTOR PERKINS/ALTERNADOR STEMAC/COM PAINEL AUTOMATICO")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232412", "1003")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232412", " [ VÍDEO ] PLATAFORMA ELEVATÓRIA MÓVEL CAPACIDADE 2,5 TON / ALTURA 1.700MM")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232410", "1004")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232410", " DESTILADOR DE ÁGUA / BOMBA KSB/VOLTAGEM 220,380/COM 2 VÁLVULAS ALFA LAVAL")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232415", "1005")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232415", " 02 UN. TÚNEL DE ENCOLHIMENTO SLIVIS / VOLTAGEM 220")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232413", "1006")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232413", " COMPRESSOR BOOSTER TENSÃO 380/600")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232414", "1007")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232414", " FORNO PARA TÊMPERA 1.000 GRAUS - MEDINDO LARGURA 500MM X COMPRIMENTO 1.000MM")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232417", "1008")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232417", " MÁQUINA AUTOMATICA PARA CONTAR PINTINHOS / CONTAGEM 25.000/HORA")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232411", "1009")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232411", " ALTERNADOR WEG MOD. GPA 500 1.250KVA/10.500V/6 POLOS")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232416", "1010")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232416", " ALTERNADOR WEG MOD. GPA 500 1.250KVA/10.500V/6 POLOS")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233263", "1011")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233263", "03 UN. BOMBAS PARA ABASTECIMENTO DE ÓLEO DIESEL ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233264", "1012")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233264", "FILTRO PRENSA PARA ÓLEO COM MOTOR WEG 3 CV")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...4126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233265", "1013")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233265", "TANQUE PP 1.600 LITROS")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>