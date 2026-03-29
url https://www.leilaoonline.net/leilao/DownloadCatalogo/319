--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14478", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14478", " PEÇAS ELÉTRICAS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14479", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14479", " PEÇAS E ACESSÓRIOS DE TRANSMISSÃO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14481", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14481", " PEÇAS E ACESSÓRIOS DE SUSPENSÃO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14472", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14472", " PEÇAS E ACESSÓRIOS DE MOTOR ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14476", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14476", " PEÇAS E ACESSÓRIOS DE FREIO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14484", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14484", " PEÇAS E ACESSÓRIOS DE DIREÇÃO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14474", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14474", " PEÇAS DE CHASSI ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14477", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14477", " FILTROS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14475", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14475", " COMPONENTES PNEUMÁTICOS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14485", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14485", " COMPONENTES MECÂNICOS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14482", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14482", " COMPONENTES HIDRÁULICOS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14488", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14488", " CALDERARIA / USINAGEM E SOLDA ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14483", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14483", " COMPONENTES ELÉTRICOS ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14487", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14487", " MATERIAL ELÉTRICO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14486", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14486", " MATERIAL HIDRÁULICO ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14489", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14489", " FERRAMENTAS E MADEIRA ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14473", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14473", " MATERIAL DE BORRACHARIA ; Conf. Descritivo ANEXO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14480", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14480", " LOTE COM 68 UNID. DE CICLEYAS USADOS .   No estado.  ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14490", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14490", "VARR. AUTO-PROPELIDA - MOD: SOCIEDADE ALFA VARREDEIRA 636 HS, ANO:  2010,  NO ESTADO. LOCAL: KOLETA /SP. ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...528 lines deleted...]
-      <c r="C29" s="4" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14493", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14493", "  CAMINHÃO VOLKSWAGEN 17.220, ANO: 2002,  PLACA: DIB6159, Pref: 202150 -TOCO,  MEC.,  SEM EQUIPAM.,  CHASSI: 9BWM82TB2R222047. RENAVAM: 793435811, pneus SUCATA. ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D29" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F29" s="4" t="inlineStr">
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-[...10 lines deleted...]
-      <c r="C30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14494", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14494", " CAMINHÃO VOLKSWAGEN 17.220, ANO: 2005,  PLACA: DRB8231, Pref: 205088- TOCO,  MEC., SEM EQUIPAM., CHASSI:  9BWCM82T95R515207, RENAVAM: 852259263, pneus SUCATA. ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D30" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14495", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14495", "LOTE COM 67 UNIDADES  DE  CICLEYA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>