--- v0 (2025-10-13)
+++ v1 (2026-03-26)
@@ -269,1915 +269,1679 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233441", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233441", "[vídeo] Caminhão MB 1718 A - 1999 Com equipamento ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233346", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233346", "[vídeo]  Escavadeira Volvo LC210 2002")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233345", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233345", " Motoniveladora Patrol 120B 1988")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233347", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233347", " Pá Carregadeira 924G 2003")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233351", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233351", " Empilhadeira elétrica Yale ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233355", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233355", " Munck Garrafinha")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233356", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233356", " Peneira Rotativa")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233357", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233357", " Retífica")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233354", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233354", " Guilhotina")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233353", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233353", " Ponte rolante 16 Metros - completa - desmontada")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233361", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233361", " Hyundai HR Rodagem Dupla - 2008/2009")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233350", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233350", " Distribuidor de Adubo de arraste")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233359", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233359", " Caminhão MB L 1313 1974")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233348", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233348", " Carreta tanque agrícola")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233362", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233362", " Prancha Roll-on")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233352", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233352", " Aproximadamente 150 unidades de sucata de poste de madeira tratados ( 8 a 11m)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233358", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233358", " Lote com 06 unid. Sucata de poste de madeira tratado - 08 a 11m")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233363", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233363", "Equipamento Roll-on")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233364", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233364", "Escavadeira Caterpillar M322D 2008")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>220.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233365", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233365", "Gerador de energia toshiba-irne gast 1970  motor v12")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233366", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233366", "Roçadeira")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233367", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233367", "Elevador Foca-Braun 2019")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233368", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233368", "Moinho de martelo boca: 1,26x 0,35 - Motor 110Cv")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>145.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233369", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233369", "Silo de ração")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233370", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233370", "Pantografo")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233371", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233371", "Prensa Dan-press")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233372", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233372", "Moinho de martelo , martelos e grelhas")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233373", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233373", "Enxada rotativa")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233374", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233374", "Lote com: 20 unidade de sucata de madeira bom estado padrão 2,80x0,15x0,25")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233375", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233375", "Moinho de martelo  Com motor  Martelos e grelha")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233376", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233376", "Empilhadeira Clark CMP45L 2006 - Convertida à diesel")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233377", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233377", "Retroescavadeira Case 580L 1999 - Motor Cummins série B - Não acompanha Rompedor - Com concha traseira")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233378", "039")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233378", "Sucata de Reboque Tanque - Baixado ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233379", "040")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233379", "Empilhadeira Clark CMP50SD 2009 - Necessita reparo na caixa")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233380", "041")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233380", "Lote com: 02 tanques de 30 mil litros")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233381", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233381", "Lote com: 100 uni. Ferragem de filtro Manga - Não inox.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233382", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233382", " Compressor parafuso industrial - atlas copco")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233383", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233383", " Caçamba Rossetti 2010")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233384", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233384", " Moinho de plástico")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...180 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233429", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233429", "Silo de inox")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233430", "047")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233430", "Tanque betoneira para caminhão")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233435", "048")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233435", "Tanque - 5.000 litros ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233437", "050")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233437", "Engenho")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233438", "051")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233438", "Tanque - 10.000 Litros")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233439", "052")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233439", "Ford F-4000 4x4 2011 - com doc")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233440", "053")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233440", "Caminhão Ford F4000 4x4 2009/2010 - com doc")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233443", "054")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233443", " Britador 35x20")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233444", "055")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233444", " Carcaça de prensa de lixo")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233442", "056")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233442", "Tanque ração ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234204", "057")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234204", "Plataforma elevatória")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234205", "058")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234205", "[vídeo] Compressor Perking")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234206", "059")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234206", "Garra sucateira")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234207", "060")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234207", "Concha dianteira ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234932", "061")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234932", "Rosca sem fim - chapa grossa")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234933", "062")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234933", "Plataforma elevatória tesoura")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234934", "063")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234934", "Motor e caixa - Retro Randon")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234935", "064")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234935", "Empilhadeira sucata - carcaça")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...1278 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234936", "065")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234936", "Trator Massey Ferguson MF85")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234937", "066")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234937", "[vídeo] britador marumby 35x15 (motor de 20cv funcionando)")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>