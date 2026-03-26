--- v0 (2025-10-14)
+++ v1 (2026-03-26)
@@ -269,1755 +269,1539 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232305", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232305", "CAMINHÃO VW 24.280 CRM 6 X 2  - ANO 2013/2013 - DIESEL  -  PRANCHA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>260.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232271", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232271", " Pá Carregadeira Michigan 75 III - ano aprox. 1980")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232272", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232272", " Batedeira de milho Penha")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232304", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232304", "TRATOR VALTRA MOD. BH210 I - ANO 2014 - APROX. 3.500 HRS. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232400", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232400", " Grade rome Santa Izabel 16 discos com comando cor azul")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232274", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232274", " Arado 3 discos com comando duplo dois pistões Santa Izabel")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232273", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232273", " Roçadeira de arrasto roda de ferro vermelha")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232275", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232275", " Carreta de madeira 2 rodas")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232276", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232276", " Rolo pé de carneiro vermelho")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232277", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232277", " Tanque cinza 1 eixo rodado duplo 6.000 litros")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232278", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232278", " Tanque distribuidor esterco líquido 6.000 litros com bomba cor vermelho")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232280", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232280", " Tanque distribuidor de esterco líquido IAC 6.000 litros com bomba cor verde")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232279", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232279", " Subsolador Stara 7 hastes")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232281", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232281", " Distribuidor de calcário 5500 kg IAC. Esteira dupla. Aprox. 80 cm rodado tanden, cor azul")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232300", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232300", " TRATOR DE ESTEIRA CATERPILLAR MOD. D4 ANO 1980")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232282", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232282", " Carretinha azul 1,32 x 1,90 x 0,37 cm")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232261", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232261", " Pulverizador Jacto de turbina")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232283", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232283", " Distribuidor de calcário Lancer Jan 6.000 kg, esteira dupla aproximadamente 77 cm, rodado tanden, cor vermelho")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232284", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232284", " Pulverizador de barras Berthoud -")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232285", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232285", " Pulverizador de barras Montana")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232265", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232265", " Tanque para diesel 6.000 litros")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232270", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232270", " Tanque de fibra com chassis duas rodas 2.000 litros")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232256", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232256", " Tanque de fibra com chassis duas rodas 2.000 litros")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232262", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232262", " Furgão Altura 2,10 Largura 1,80 Comprimento 3,04")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232303", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232303", "TRATOR ESTEIRA CATERPILLAR MOD. D5C LGP COM JOY STICK ANO 2002")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232264", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232264", " Arado 3 discos Tatu")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232260", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232260", " Arado 3 discos Massey Ferguson")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232286", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232286", " Trator CASE 290 ano 2013")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232287", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232287", " Trator TL85 ano 2010. Operacional")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232288", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232288", " Trator John Deere 7715 ano 2010")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232267", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232267", " Scraper Madal 3,5 m³")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232257", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232257", " Adubadeira de milho")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232306", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232306", "[ VÍDEO ] RETROESCAVADEIRA MASSEY FERGUSON MF86  - ANO 2000")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232268", "033")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232268", " Roçadeira Massey Ferguson")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232263", "034")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232263", " Distribuídor de Fertilizantes Stara Tornado 1300")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232289", "035")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232289", " Trator CASE 180 ano 2013. Operacional")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>270.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232266", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232266", " Trator Ford a gasolina")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232258", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232258", " Trator Zetor")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232269", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232269", " Rolo compactador")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232259", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232259", " Caçamba coletora de lixo Vemaq")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232302", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232302", " TRATOR DE ESTEIRA CATERPILLAR MOD. D4 ANO 1980. FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232290", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232290", " Adubador de café Kamaq verde")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
+      <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...25 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232291", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232291", " Arado 4 discos chassis redondo vermelho")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...20 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232292", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232292", " 2 Semeadeiras de trigo Jumil 7 linhas vermelha")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232293", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232293", " Ruador de café cinza")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232294", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232294", " Concha 1,20 x 0,70 cm vermelha")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232295", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232295", " Roçadeira lateral vermelha")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232296", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232296", " Grade rome 14 discos de pneus Baldan")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232297", "052")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232297", " Distribuidor de calcário Lancer Jan 5.500 kg esteira simples aproximadamente 58 cm rodado tanden, cor vermelho")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232298", "053")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232298", " Roçadeira de arrasto roda de ferro")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="E26" s="5" t="inlineStr">
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232299", "054")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232299", " Roçadeira de arrasto roda de ferro")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232301", "055")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232301", " TANQUE COM CHASSI")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F26" s="4" t="inlineStr">
-[...1150 lines deleted...]
-      </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233960", "056")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233960", "04 PEÇAS - AUMENTO DA RODA DIANTEIRA P/ TRATORES CASE PUMA E NHT7")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233961", "057")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233961", "TRATOR NEW HOLLAND TL75 ANO 2010")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>650.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>