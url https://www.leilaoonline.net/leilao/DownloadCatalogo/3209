--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232757", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232757", "veja o vídeo!! I/TOYOTA HILUX CD4X4 SRV; 2006/2006; BEGE; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232756", "007")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232756", "MICROÔNIBUS VW/KOMBI LOTAÇÃO; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232784", "030")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232784", "FIAT PULSE AUDACE TF200 1.0; 2022; BRANCO; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232785", "035")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232785", "TOYOTA/FIELDER; 2004/2005; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232758", "040")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232758", "veja o vídeo!! HYUNDAI/TUCSON TURBO GLS; 2020/2021; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232764", "045")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232764", "veja o vídeo!! CHEVROLET/MONTANA LS; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232763", "050")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232763", "CHEVROLET S10 LS 4X4 CD; 2021/2022; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232752", "055")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232752", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232768", "060")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232768", "FIAT/DUCATO MAXI; 2001/2002; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232753", "065")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232753", "veja o vídeo!! CHEVROLET/MONTANA LS2; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232748", "070")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232748", "AMBULÂNCIA I/M. BENZ 415 ALLTECH AMB; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>51.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232767", "075")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232767", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232782", "080")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232782", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232775", "085")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232775", "veja o vídeo!! HYUNDAI/CRETA 16M ATTITU; 2017/2018; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>44.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232751", "090")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232751", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232749", "105")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232749", "VW/GOL 1.6; 2009/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232761", "110")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232761", "veja o vídeo!! CHEV/SPIN 1.8L MT LS E; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO - APROX. 49.500KM")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>43.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232760", "115")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232760", "veja o vídeo!! I/JEEP GCHEROKEE LIMITED; 1995/1995; PRETA; GASOL./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232770", "120")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232770", "VW/SAVEIRO ROBUST; 2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232765", "125")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232765", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...90 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232773", "130")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232773", "veja o vídeo!! I/VOLVO XC60 2.0 T5 KIN; 2015/2016; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232759", "135")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232759", "veja o vídeo!! FIAT/ARGO 1.0; 2021/2022; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232766", "140")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232766", "CHEVROLET S10 ADV FD2; 2019/2019; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232771", "145")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232771", "AMBULÂNCIA I/M. BENZ REVESCAP AMB SR; 2018/2019; BRANCA; DIESEL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232772", "150")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232772", "CHEVROLET S10 ADV FD2; 2020/2020; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232780", "155")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232780", "NISSAN FRONTIER XE 4X2; 2013/2013; PRETA; DIESEL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232750", "160")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232750", "veja o vídeo!! CHEVROLET/S10 LTZ DD4A; 2013/2014; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>63.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232783", "165")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232783", "veja o vídeo!! CHEVROLET/SPIN 1.8L MT LS E; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...47 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232779", "170")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232779", "JINBEI FABUSFORMA M35; 2012/2013; BRANCA; GASOLINA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232778", "175")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232778", "veja o vídeo!! I NISSAN FRONTIER S MTX4 4X4; 2021/2021; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232754", "180")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232754", "veja o vídeo!! NISSAN/FRONTIER LE 25 X4; 2009/2010; PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232769", "185")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232769", "veja o vídeo!! FIAT/TORO FREEDOM AT6; 2019/2020; BRANCA; ALCO./GASOL. - NÃO FUNCIONA - IPVA 2024 OK")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232781", "190")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232781", "CHEVROLET SPIN LS; 2021/2021; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232786", "195")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232786", "FORD/DEL REY; 1983/1984; MARROM; ALCOOL - NÃO FUNCIONA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232776", "200")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232776", "veja o vídeo!! BMW/G650 GS; 2013/2014; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232777", "210")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232777", "veja o vídeo!! I/VW TIGUAN 2.0 TSI; 2010/2011; PRETA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...862 lines deleted...]
-      </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232787", "220")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/232787", "VW/TL 1600; 1971/1971; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>