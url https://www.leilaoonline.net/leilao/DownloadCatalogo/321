--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14505", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14505", "PENEIRA VIBRATÓRIA  PARA MINERAÇÃO  COMPRIMENTO  6.70 LARGURA 2.40  DE DOIS DC")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14506", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14506", " BRITADOR MARCA FAÇO  90/25 REVISADO COMPLETO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>32.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14584", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14584", "BRITADOR 120/40 MARCA FAÇO (OBS. SÓ O BRITADOR) ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>98</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14585", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14585", "BRITADOR 80/50 REVISADO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>68.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14586", "104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14586", "BRITADOR  120/90 MARCA FAÇO  REVISADO ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>31.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14587", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14587", "BRIQUETADOR   ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14588", "106")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14588", "BRITADOR MARCA INCOMEQ  100/80")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14590", "107")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14590", "PENEIRA PARA  MINERAÇÃO COMPRIMENTO 6.70 LARGURA 2.40  DOIS DC")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14589", "108")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14589", "CONJUNTO MÓVEL SIMPLEX ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>650.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14643", "109")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14643", "LANCHA MOTORBOAL COM CARRETA, ANO 2008, 6 PASSAGEIROS, 50HP - LOC: SALVADOR / BA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14644", "110")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14644", "TRATOR JOHN DEERE 7005, ANO 2003 LOC: BARREIRAS  / BA")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14884", "111")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14884", "CAMINHÃO BITREM TANQUE - M.BENZ/AXOR 2644S 6X4, DOLLY, REBOQUE E SEMI REBOQUE, ANO 2011 LOC: CHAPADÃO DO SUL  /  MS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>154.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14645", "112")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14645", "RESFRIADO DE LEITE EM AÇO INOX  4.100LT")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14646", "113")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14646", "CARROCERIA CANAVIEIRA 7,70 METROS ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14647", "114")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14647", "2 PÓRTICO DE PONTE ROLANTE  - SEM USO ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.350,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14889", "115")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14889", "CAMINHÃO BITREM CARGA SECA - M.BENZ/AXOR 2544S , ANO 2009 DOLLY, REBOQUE E SEMI REBOQUE ANO/MOD 2013/2014 LOC: CHAPADÃO DO SUL  /  MS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>107.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14908", "116")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14908", "MOINHO TURBAM COM MOTOR 250CV, CALHA VIBRATÓRIA E ALIMENTADOR")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14909", "117")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14909", "CONE VSI 65 FURLAN COMPLETO PAROU FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15057", "118")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15057", "18 PNEUS SEM USO ARO 15")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15058", "119")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15058", "10 TONELADAS DE CABO  3/8, DIVERSOS TAMANHOS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15059", "120")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15059", "EQUIPAMENTO DE LAVAR CAMINHÕES COMPLETA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.850,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15060", "121")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15060", "14 PISTÃO DE TRANSBORDO  2.20 DE COMPRIMENTO 4 POLEGADAS, SEM USO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15061", "122")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15061", "I/M.BENZ 313 CDI / CARROC. ABERTA, ANO 2010, DIESEL")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15062", "123")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15062", "8 SUCATAS DE CAMINHÃO VOLVO (FINAL DE VIDA ÚTIL - BAIXA PERMANENTE)")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15110", "124")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15110", "100 RACK, SEM USO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15111", "125")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15111", "100 RACK, SEM USO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15112", "126")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15112", "100 RACK, SEM USO ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15207", "127")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15207", "FILTRO DE MANGA COMPLETO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15208", "128")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15208", "REATOR DE INOX")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15209", "129")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15209", "TORRE DE RESFRIAMENTO (SEMI NOVA)")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15210", "130")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15210", "GERADOR DE ENERGIA COM PAINEL DE CONTROLE")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15211", "131")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15211", "PAINÉIS MONTADO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15212", "132")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/15212", "6 COMPRESSORES")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>