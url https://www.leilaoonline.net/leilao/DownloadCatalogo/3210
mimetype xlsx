--- v0 (2025-10-15)
+++ v1 (2026-03-26)
@@ -269,10011 +269,8763 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233281", "455")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233281", " 3 KITS SOLLUS APLICAÇÃO DE HERBICIDA. - FR4447048/FR4445107/FR4445172. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233410", "5035")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233410", "TANQUE CILINDRICO VERTICAL MAT POLETILE. (APROX. 15.000 LITROS) - FR209865. - LOC. RAFARD")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233344", "5043")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233344", "ÁREA DE VIVÊNCIA PEQUENA; VERDE. - FR14004624. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233266", "8000")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233266", "3 CULTIVADORES. - FR4445230 /FR4445018 /FR4445231. - LOC CAARAPÓ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233280", "8003")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233280", "CAMINHÃO MERCEDES BENZ 3344S 6X4; ANO 2016/2016; BRANCO. - FR4415055. - CAARAPÓ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233285", "8004")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233285", "2 CARRETAS DE PLANTIO PLATAFORMA HIDRÁULICA. - FR4445337/FR4445341. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233267", "9019")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233267", "CARRETINHA DE TRANSPORTE DE TUBOS; ANO 2017. - FR4445289. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233283", "9023")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233283", "CARRETINHA DE TRANSPORTE DE TUBOS; ANO 2017. - FR4445290. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233273", "9028")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233273", "2 ENLEIRADEIRAS DE PALHA. - FR4445292. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234945", "10000")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234945", "SEMI REBOQUE RANDON SR CA; ANO 2007/2007; AZUL. - FR5004673. - LOC. MARACAJU")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234950", "10001")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234950", " 2 TRANSBORDOS CIVEMASA TAC 10500; ANO 2010. - FR4445130/FR4445078. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234952", "10002")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234952", " SUBSOLADOR CANAVIEIRO STARA. - FR4445320. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234956", "10003")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234956", "SUBSOLADOR CANAVIEIRO STARA. - FR4445335. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234951", "10004")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234951", " SUBSOLADOR CANAVIEIRO STARA. - FR4445322. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234942", "10015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234942", " SULCADOR. - FR4443088. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234961", "10016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234961", "(VEJA VIDEO) TRATOR VALTRA BH180 4X4 HIFLOW; ANO 2012. - FR4435060. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>94</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>134.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234941", "10017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234941", " TRATOR JOHN DEERE 6205 J;  ANO 2016. - FR4435107. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234967", "10018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234967", " TRATOR VALTRA A124 L 4X4; ANO 2019. - FR4435196. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234960", "10019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234960", "(VEJA VIDEO) TRATOR CASE MX 340; ANO 2018. - FR4435194. -  LOC. CAARAPÓ ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>275.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234948", "10020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234948", " TRATOR CASE MX 340; ANO 2018. - FR4435200. -  LOC. CAARAPÓ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234943", "10021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234943", "TRATOR CASE MX 340 REMAPEADO; ANO 2018. - FR4435193. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>215.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234959", "10022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234959", " PEÇAS DIVERSAS; VIDROS; PARABRISA;  AMORTECEDORES; VOLANTE,  8 ALTERNADORES;  APROX. 10 MOTORES DE PARTIDA. - S/FR. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234964", "10023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234964", "(VEJA VIDEO) CAMINHÃO SCANIA P124 CB6X4NZ 360; ANO 2001/2001; BRANCO; CARROCERIA PRANCHA. - FR5001252. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>107</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234963", "10024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234963", "(VEJA VIDEO) CAMINHÃO VOLKSWAGEN 15.180; ANO 2000/2000; BRANCO; CARROCERIA PRANCHA. - FR4001152. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234962", "10025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234962", "TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR9004114. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234966", "10026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234966", "TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR5004792. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234971", "10027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234971", "TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR4004130. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234965", "10028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234965", "TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR5004798. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234969", "10029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234969", "SUCATA DE SEMI REBOQUE. - FR4691. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234974", "10030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234974", "SUCATA DE SEMI REBOQUE. - FR64907. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234973", "10031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234973", "SUCATA DE SEMI REBOQUE. - FR4690. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234979", "10032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234979", "EMPACOTADEIRAS E ENFARDADEIRAS DOSETEC; SEM USO E EMBALADAS. - VEJA DESCRITIVO DE ITENS. - S/FR. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>148</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>166.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234968", "10033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234968", "APROX. 53 MOTORES ELÉTRICOS DE TAMANHOS E POTENCIAS DIVERSAS. - S/FR - LOC. PASSATEMPO ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>117</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>81.200,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234970", "10034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234970", "REBOQUE COM 1 TANQUE INOX; 1 TANQUE E CX DE AÇO. - S/FR. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234978", "10035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234978", "CAMINHÃO MERCEDES BENZ L 2217; ANO 1987/1987; AZUL; CARROCERIA TANQUE DE AÇO. - FR5001216. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234975", "10036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234975", "COLHEDORA JOHN DEERE 3522; ANO 2013. - FR5002013. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234981", "10037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234981", "DOLLY; ANO 2003. - FR1004124. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234972", "10038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234972", "DOLLY; ANO 2003. - FR11004137. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234976", "10039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234976", "DOLLY; ANO 1997. - FR14004144. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234977", "10040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234977", "DOLLY; ANO 2007. - FR5004687. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234982", "10041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234982", "DOLLY; ANO 1999. - FR4451521. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234983", "10042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234983", " DOLLY; ANO 1994. - FR14004328. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234984", "10043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234984", "SEMI REBOQUE RANDONSP SRCA CA; ANO 2010/2011; AMARELO. - FR4451270. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234993", "10044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234993", " SEMI REBOQUE RANDONSP SRCA CA; ANO 2012/2012; AZUL. - FR70400. - LOC. RIO BRILHANTE ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234990", "10045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234990", "SEMI REBOQUE RANDONSP SRCA CA; ANO 2009/2009; LARANJA. - FR4455136. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>57.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234991", "10046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234991", "TRANSBORDO SANTAL 10T; ANO 2010. - FR5004959. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234980", "10047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234980", " TRANSBORDO SANTAL VT10; ANO 2010. - FR5004758. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235000", "10048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235000", "TRANSBORDO SANTAL 10T; ANO 2010. - FR8003062 . - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234995", "10049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234995", "TRANSBORDO SANTAL 10T; ANO 2010. - FR9003044 . - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234987", "10050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234987", "TRANSBORDO CIVEMASA TAC 10500; ANO 2009. - FR1003006. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234994", "10051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234994", "TRANSBORDO SANTAL VT10; ANO 2010. - FR5004762. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234989", "10052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234989", "TRANSBORDO SANTAL VT10; ANO 2010. - FR5004768. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234986", "10053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234986", "TRANSBORDO SANTAL VT10 ; ANO 2010. - FR5004763. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234996", "10054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234996", "SEMI REBOQUE TRANSBORDO USICAMP SRCP E2 10000; ANO 2004/2004; AZUL. - FR5004639. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>76.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234998", "10055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234998", "TRANSBORDO CIVEMASA TAC 10500; ANO 2010. - FR4445138. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234992", "10056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234992", "TRANSBORDO CIVEMASA 10T; ANO 2010. - FR4446147. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234999", "10057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234999", "SUCATA DE SEMI REBOQUE TRANSBORDO RODOMUDA. - FR4004063. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234997", "10058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234997", "GM S10 ADVANTAGE S; ANO 2011/2011; BRANCO; ÁLCOOL/GASOLINA. - FR9006002. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234985", "10059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234985", " GM S10 24 RONTAN AMB; ANO 2008/2009; BRANCO; ÁLCOOL/GASOLINA. - FR5006022. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234988", "10060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234988", "CARRETA DE SERVIÇOS DIVERSOS. - FR9003155. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235771", "10069")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235771", "CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER; ANO 2010/2010; BRANCO; CARROCERIA DISTRIBUIDORA DE TORTA. - FR96497/FR98654. - LOC. BARRA")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>87</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>149.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235797", "10070")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235797", "SUBSOLADOR AGROMATÃO. - FR103133. - LOC. BARRA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235772", "10071")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235772", "CHASSI DE GRADE ARADORA. - FR103170. - LOC. BARRA")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235763", "10072")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235763", "APROX. 7 TON. DE SUCATAS DE IMPLEMENTOS. (VENDA POR KG) - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>13.300,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235780", "10073")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235780", " 2 ENXADAS ROTATIVAS HOWARD CH 3000. - FR134077/FR134079. - LOC. BARRA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>7.600,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235775", "10074")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235775", "CARRETA SERVIÇOS GERAIS; MÁQ. DE LIMPEZA DE FILTRO; PALHETADEIRA; CARRINHO COM MOTOR E MÁQ. DE SOLDA. - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235777", "10075")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235777", "CAMINHÃO MUNCK VOLKSWAGEN 15.180 EURO3 WORKER; ANO 2010/2010; BRANCO; CARROCERIA DE AÇO COM COMPRESSOR. - FR96600/FR98717. - LOC. BARRA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>155.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235767", "10076")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235767", "TRATOR CASE MX 340; ANO 2014. - FR10022. - LOC. BARRA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>165.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235762", "10077")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235762", "COLHEDORA JOHN DEERE 3522. - FR91518. - LOC. PARAÍSO")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235798", "10078")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235798", "SEMI REBOQUE FACCHINI SRF CF; ANO 2012/2013; CINZA. - S/FR. - LOC. PARAÍSO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>66.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235765", "10079")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235765", "CAMINHÃO VOLKSWAGEN 8.120 EURO3; ANO 2010/2010; BRANCO; CARROCERIA OFICINA. - FR72523. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>93.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235757", "10080")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235757", "TRATOR VALTRA BH 145; ANO 2013. - FR126066. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>107.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235805", "10082")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235805", "MOTO-BOMBA SIEMENS; MOD. DN 150 E PAINEL. - FR241463. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235790", "10083")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235790", "CAMINHÃO VOLKSWAGEN 31.330 CRC 6X4; ANO 2014/2015; BRANCO; CARROCERIA TRANSBORDO. - FR96694/FR98674. - LOC. DIAMANTE")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>150.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235794", "10086")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235794", "APROX. 15 TON. DE SUCATA DE INOX COM FERRO. (VENDA POR KG) - S/FR. - LOC. GASA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235799", "10087")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235799", "CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4; ANO 2010/2010; BRANCO; CARROCERIA BAZUKA. - FR88170. - LOC. GASA")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235806", "10088")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235806", "CAMINHÃO VOLKSWAGEN 26.280 6X4; ANO 2012/2013; BRANCO; CARROCERIA TRANSBORDO ANTONIOSI ATA 12000 SC; ANO 2012. - FR88168/FR140407. - LOC. GASA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235801", "10089")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235801", "CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4; ANO 2010/2010; BRANCO; CARROCERIA TRANSBORDO ANTONIOSI. - FR88173. - LOC. GASA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>116.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235787", "10090")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235787", "CAMINHÃO VOLKSWAGEN 31.320 CNC 6X4; ANO 2010/2010; BRANCO; CARROCERIA TRANSBORDO ANTONIOSI. - FR88178. - LOC. GASA")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>111.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235793", "10091")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235793", "CAMINHÃO TRANSBORDO GRUNNER ATR320X QUEIMADO. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - FR188863. - LOC. GASA")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235769", "10092")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235769", "TRATOR VALTRA BH210; ANO 2015. - FR18894. - LOC. MUNDIAL")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235768", "10093")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235768", "CARRETA DISTRIBUIDORA DE TORTA. - FR112755. - LOC MUNDIAL")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235808", "10094")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235808", "TRATOR JOHN DEERE 7195J; ANO 2012. - FR360670. - LOC. UNIVALEM ")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235782", "10095")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235782", " DOLLY. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - FR88564. - LOC. UNIVALEM")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235760", "10096")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235760", "SUCATA DE TRATOR QUEIMADO. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>54.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235756", "10097")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235756", "TRATOR VALTRA. - FR84281. - LOC. DESTIVALE")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>83.000,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235783", "10098")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235783", "CARRETA ESPARRAMADORA CALCAREO SOLLUS; ANO 2006. - FR91791. - LOC. DESTIVALE")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235779", "10099")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235779", "REBOQUE FNV FRUEHAUF; ANO 1982/1982; AZUL; COM TRANSBORDO ANTONIOSI ATA 12000 SJ; ANO 2010. - FR91584/FR46735. - LOC. DESTIVALE")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233338", "11269")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233338", "PLANTADORA DE CANA ATA PCP 1102; ANO 2012. - FR92830. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235807", "16564")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235807", "PLANTADORA DMB. - FR84707. - LOC. BENALCOOL")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233282", "17332")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233282", "CARRETA FARDO DE PALHA M12010, ANO 2012. - FR48311. - LOC. IPAUSSU")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233289", "31342")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233289", "TRANSBORDO CIVEMASA TAC 13000; ANO 2008. - FR5004802. - LOC PASSATEMPO")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235210", "31344")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235210", "SEMI REBOQUE RANDON SR CA; ANO 1999/1999; VERDE. - FR10004048. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235193", "31346")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235193", "SEMI REBOQUE RANDON SR CA; ANO 2007/2007; AZUL. (DOLLY VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR500467/FR5004756. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235194", "31347")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235194", "SEMI-REBOQUE RANDON SR CA; ANO 2007/2007; AZUL. - FR5004908. - LOC PASSATEMPO")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235162", "31349")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235162", "SEMI REBOQUE RANDON SR CA; ANO 2007/2007; AZUL. - FR5004675. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235161", "31350")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235161", "SEMI REBOQUE RANDON SR CA; ANO 2006/2007; VERDE. - FR11004299. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233307", "31389")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233307", "TRANSBORDO SANTA IZABEL TCS 12T; ANO 2010. - FR164307. - LOC. JATAÍ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233308", "31390")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233308", "TRANSBORDO SANTA IZABEL TCS 12T; ANO 2010. - FR22727. - LOC. JATAÍ")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233427", "31391")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233427", "TRANSBORDO SANTA IZABEL TCS 12T; ANO 2010. - FR164322. - LOC. JATAÍ")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233309", "31392")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233309", "TRANSBORDO SMR 10500 10T; ANO 2008. - FR141357. - LOC. JATAÍ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233322", "31439")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233322", "CARRETA SERVIÇOS DIVERSOS; ANO 2012. - FR10003166. - LOC CONTINENTAL")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233323", "31443")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233323", "2 CARRETINHAS. - FR10003212/FR10003213. - LOC CONTINENTAL")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233413", "31456")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233413", " SISTEMA ABAST. BAZUKA MIX 12.0 STD SOLLUS; ANO 2014. - FR140600. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233278", "31457")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233278", "PREPARADOR DE SOLO PSPC ANTONIOSI; ANO 2013. - FR140003. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233321", "31506")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233321", "TRANSBORDO ANTONIOSI ATA 12000; CAP. 12 TON. ANO 2015. - FR188712. - LOC. GASA")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233317", "31507")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233317", "TRANSBORDO ANTONIOSI ATA 12000; CAP. 12 TON. ANO 2015. - FR188733. - LOC. GASA")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233320", "31509")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233320", "TRANSBORDO ANTONIOSI ATA 12000; CAP. 12 TON. ANO 2015. - FR188700. - LOC. GASA")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233329", "31511")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233329", "TRANSBORDO ANTONIOSI ATA 12000; CAP. 12 TON. ANO 2015. - FR188734. - LOC. GASA")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233272", "31529")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233272", "CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4; ANO 2014/2014; BRANCA. (SEM MOTOR) - FR362091. - LOC BENALCOOL  (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO)")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236676", "31726")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236676", " 2 TANQUES DE PLÁSTICOS. - FR237884 / FR237885. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236677", "31727")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236677", " 2 TANQUES DE PLÁSTICOS. - FR237886 / FR237887. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233274", "31733")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233274", "TRATOR JOHN DEERE 7210J 4X4; ANO 2016. - FR4435154. - LOC. CAARAPÓ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233339", "31755")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233339", "ÁREA DE VIVÊNCIA 04 LUGARES; AZUL. - FR13004206. - LOC. MB")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233391", "31811")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233391", "LOTE CONTENDO: 03 DESENLEIRADORES. - FR103095/ FR103096/ FR103094. - LOC. BARRA")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233390", "31815")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233390", " 02 ESTEIRAS DE 1,00X1,50; 02 DETECTORES DE METAL; 01 QUEBRA TORRÃO DE AÇUCAR; 01 ESTEIRA CURVA 1,00X2,00 APROX. - FR202769. - LOC. BARRA ")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233414", "31925")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233414", "TRANSBORDO SANTAL 10500; ANO 2012. - FR5003039. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233415", "31926")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233415", "TRANSBORDO SANTAL 10500; ANO 2012. - FR5003038. - LOC. PASSATEMPO ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233288", "31927")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233288", "TRANSBORDO SANTAL VT 10; ANO 2011. - FR9003053. - LOC. PASSATEMPO ")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236088", "32030")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236088", "TRATOR VALTRA BM 125; ANO 2008. (SUCATEADO) - FR163428. - LOC. ARARAQUARA ")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>61</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233284", "32051")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233284", "HIDROROLL METALMAG; ANO 2008. (ROLÃO DE VINHAÇA) - FR48182. - LOC. IPAUSSU ")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233963", "32084")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233963", "TRATOR CASE MX 260 MAGNUM 4X4; ANO 2017. - FR20373. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>132.500,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233270", "32089")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233270", "3 SILOS NAS MEDIDAS: Nº 1 CAP. 193M³ MED. 0,80X6,35X12M (SAI-LP-0009) - Nº 2 CAP. 203M³ MED. 0,80X5,46X12,74M - (SAI-LP-0010) - Nº 3 CAP. 193M³ MED. 0,80X6,35X12M (SAI-LP-0011) UMA TORRE ELEVADORA - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>76.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233397", "32094")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233397", " DESENVERNIZADEIRA. - S/FR. - LOC. MARACAÍ")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235288", "32139")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235288", "SUCATAS DE UTENSÍLIOS DIVERSOS; VEJA ESPECIFICAÇÕES DO LOTE. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235390", "32140")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235390", "APROX. 134 PNEUS AGRÍCOLAS/RODOVIÁRIOS USADOS; VEJA DESCRITIVO DE ITENS. - S/FR. - LOC. BARRA")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236089", "32141")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236089", "TRATOR MASSEY FERGUSON MF 290 4X2; ANO 1980. - FR115186 - LOC. JATAÍ  ")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236365", "32142")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236365", "FORNO INDUSTRIAL. - S/FR. - LOC. BENALCOOL")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235226", "32545")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235226", "CAMINHÃO MERCEDES BENZ L 2219; ANO 1987/1987; BRANCO. (CARROCERIA BASCULANTE) - FR119689. - LOC. SERRA - (VENDA SOMENTE PARA COMPRADORES DO ESTADO DE SÃO PAULO)")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>54.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233394", "32567")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233394", "DESINLEIRADOR/ ENLEIRADOR NEW HOLLAND H5980; VERMELHO. - FR1101. - LOC. BIOMASSA")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233393", "32568")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233393", "DESINLEIRADOR/ ENLEIRADOR NEW HOLLAND; AMARELO; ANO 2018. - FR7011590. - LOC. BIOMASSA")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235761", "32604")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235761", " ENXADA ROTATIVA HOWARD CH 3000; ANO 2014. - FR48159. - LOC. IPAUSSU")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233316", "32760")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233316", "TRANSBORDO ANTONIOSI; ATA 12000; ANO 2015. - FR188707. - LOC. GASA")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233318", "32761")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233318", "TRANSBORDO ANTONIOSI; ATA 12000; ANO 2015. - FR188722. - LOC. GASA")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233319", "32762")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233319", "TRANSBORDO ANTONIOSI ATA 12.000 12T; ANO 2015. - FR188726. - LOC. GASA ")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233326", "32764")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233326", "COLHEDORA DE CANA JOHN DEERE 3510; ANO 2008. - FR101438. - LOC. GASA")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233330", "32766")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233330", "TRANSBORDO SANTAL; ANO 2013. - FR88953. - LOC. GASA")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233327", "32767")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233327", "TRANSBORDO SANTAL; ANO 2013. - FR88954. - LOC. GASA")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233332", "32768")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233332", " TRANSBORDO ANTONIOSI. - S/FR. - LOC. GASA")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233328", "32769")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233328", "TRANSBORDO; ANO 2009. - FR84973.- LOC. GASA")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233310", "32786")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233310", " COLHEDORA JOHN DEERE 3520. - S/FR. - LOC. BENALCOOL")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235297", "32791")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235297", " TRANSBORDO SANTAL 2 EIXOS; ANO 2011. - FR14003515. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233385", "32801")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233385", " 2 CONJUNTOS DE ESCADA E BRAÇO ARTICULADO PARA ABSTECIMENTO. - FR293878/FR292340/FR292802/FR292951/FR293420. - LOC. PASSATEMPO")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233315", "32849")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233315", "TRANSBORDO ANTONIOSI ATA 12000; CAP. 12 TON. ANO 2015. - FR188715. - LOC. GASA")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233314", "32850")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233314", "TRANSBORDO ANTONIOSI ATA 12000; CAP. 12 TON. ANO 2015. - FR188717. - LOC. GASA")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233313", "32851")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233313", "TRANSBORDO ANTONIOSI ATA 12000; CAP. 12 TON. ANO 2015. - FR188731. - LOC. GASA")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233275", "32865")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233275", "CAMINHÃO MERCEDES BENZ AXOR 3344S 6X4; ANO 2014/2014; BRANCO. - FR362060 - LOC. BONFIM ")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>112.000,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233331", "32932")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233331", "HIDRO ROLL TURBOMAQ. - FR20164. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233388", "32955")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233388", "ENXADA ROTATIVA HOWARD ENGUNERING LIMITED; ANO 2014. - FR84719. - LOC. JATAÍ")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233395", "32964")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233395", " 2 CARRETAS DE TRANSPORTE DE TUBOS; 1 CARRETA SERVIÇOS DIVERSOS. - FR1003132/FR14003247/FR14003601. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233325", "32976")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233325", "APROX. 7 TURBINAS ZANINI DIVERSAS; VEJA DESCRITIVO DE ITENS. - S/FR. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233268", "33017")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233268", "ENFARDADEIRA MCA VALTRA; MOD. CHALLENGER 2270. - FR5003074. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233386", "33020")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233386", "ENLEIRADOR. - FR5003076. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233387", "33024")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233387", "CARRETA / ACUMULADOR DE FARDO MCA DRIA. - FR5003077. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233269", "33026")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233269", "SILO. - SAI-LP-0008. - LOC. LAGOA DA PRATA")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233287", "33056")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233287", "CAMINHÃO VOLKSWAGEN 31.330 CRC 6X4; ANO 2014/2015; BRANCO; COM CARROCERIA TRANSBORDO ATA 12000SC; ANO 2013. - FR58638/FR57583. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233412", "33063")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233412", " CULTIVADOR 2 LINHAS; ANO 2015. - FR67182. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233431", "33064")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233431", "ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR67202. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233411", "33065")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233411", "ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR57434. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233401", "33066")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233401", "ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR38091. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233400", "33067")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233400", "ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR38092. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233402", "33068")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233402", "ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR57435. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233399", "33069")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233399", "ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR25281. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233389", "33070")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233389", "ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR25282. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233271", "33071")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233271", "ELIMINADOR DE SOQUEIRA AGRO MATÃO; ANO 2019. - FR25283. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233398", "33073")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233398", "HIDRO ROLL METALMAG (ROLÃO) ANO 2006. - FR67126. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233312", "33080")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233312", "CARRETA ESPARRAMADORA DE CALCAREO SOLLUS SPANDER 12.0 CHC; ANO 2011. - FR25307. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233276", "33202")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233276", "REBOQUE COM CARRETEL HIDRO ROLL; ANO 2011. - FR88924. - LOC. GASA")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233277", "33218")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233277", "REBOQUE RODOVIARIA RQ CI PR; ANO 1995/1995; VERDE. (COM HIDRO ROLL) - FR173850 - LOC. UNIVALEM")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233396", "33228")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233396", "CARRETA DISTRIBUIDORA ANTONIOSI DT 1102; ANO 2018. - FR103061. - LOC. UNIVALEM")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233279", "33231")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233279", "PLANTADORA DMB; ANO 2012. - FR84711. - LOC. BENALCOOL")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233404", "33239")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233404", "TRANSBORDO SANTAL; ANO 2013. - FR84615. - LOC. BENALCOOL")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233403", "33253")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233403", "HIDRO ROLL TURBO MAQ., ANO 1990 - FR11004013. - LOC. SERRA")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235346", "33267")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235346", "REBOQUE RANDON RQ CI HI; ANO 1996/1996; AZUL. - FR14004189. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - LOC. SANTA ELISA")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235373", "33268")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235373", "REBOQUE RANDON RQ CA; ANO 2007/2007; AZUL. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR14004083. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235372", "33269")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235372", "SEMI REBOQUE BASCULANTE RANDON SR BA; ANO 2004/2004; AZUL. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR14004010. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235371", "33270")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235371", "REBOQUE RANDON RQ CA; ANO 2004/2004; AZUL. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR14004238. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235362", "33272")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235362", "REBOQUE RANDON RQ CA; ANO 2004/2004; AZUL. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR14004269 - LOC. SANTA ELISA")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235356", "33273")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235356", "REBOQUE RODOVIARIA SR CN HI; ANO 1995/1995; AZUL. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR14004180. - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235378", "33274")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235378", "REBOQUE RANDON RQ CI HI; ANO 1996/1996; BRANCO. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR14004209. - LOC. SANTA ELISA ")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235345", "33285")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235345", " 2 TRANSBORDOS. - FR14003529/FR11003575. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235354", "33286")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235354", " CARROCERIA TANQUE GASCOM; F-52. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235377", "33287")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235377", " CARROCERIA TANQUE GASCOM; F-51. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235367", "33288")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235367", "CARROCERIA TANQUE GASCOM; F-116. - S/FR - LOC. SANTA ELISA")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>79</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>56.000,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235376", "33289")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235376", " TANQUE RODOVIÁRIO DE FIBRA. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235387", "33290")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235387", "CARROCERIA TANQUE GASCOM; F-118. - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>60.500,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235343", "33291")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235343", "REBOQUE COM SUPORTE PARA HIDRO ROLL. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - S/FR. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235380", "33292")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235380", "REBOQUE PELISON; ANO 1980/1980; AZUL. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR14004016. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235369", "33293")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235369", "REBOQUE RANDON SR CA; ANO 2002/2002; CINZA; COM COMBOIO DE LUBRIFICAÇÃO GASCOM. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR14004604. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235364", "33294")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235364", "REBOQUE COM COMBOIO DE LUBRIFICAÇÃO. - FR13004157. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - LOC. SANTA ELISA")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235382", "33295")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235382", "REBOQUE RANDON SR CT PL; ANO 1981/1981; CINZA. - PRANCHA. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR14004001. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235358", "33296")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235358", "  2 TRANSBORDOS SANTAL; ANO 2008. - FR14003311/FR14003315. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235347", "33297")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235347", "2 TRANSBORDOS SANTAL VT 10T 2 EIXOS; ANO 2011. - FR14003509/FR1003048. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235379", "33298")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235379", "  2 PULVERIZADORES HERBICAT COM TANQUE PLÁSTICO; ANO 2013 E 2016. - FR11003057/FR11803024. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>3.700,01</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235359", "33299")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235359", "SEMI REBOQUE RANDON SR CA; ANO 2007/2007; AZUL. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - FR14004298. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233333", "33330")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233333", "TANQUE DE AÇO CARBONO HORIZONTAL. - PATRI.154284. - LOC. DESTIVALE")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233407", "33331")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233407", "TRANSBORDO SANTAL; ANO 2014. - FR84628. - LOC. BENALCOOL")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233405", "33333")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233405", "CARRETA SPANDER 20.0 CHTD CANAVIEIRA. - S/FR. - LOC. BENALCOOL")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233406", "33342")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233406", "CHEVROLET S10; ANO 1998/1998; BRANCA. (CARROCERIA DE MADEIRA)  - FR95158. - LOC. MUNDIAL")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233964", "33343")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233964", "TRATOR CASE MAGNUM 260; ANO 2017. - FR23245. - LOC. MUNDIAL")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>197.500,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233962", "33344")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233962", "TRATOR CASE MAGNUM 260; ANO 2017. - FR81803. - LOC. MUNDIAL")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>142.000,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233334", "33349")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233334", "REDUTOR FLENDER SE6470. - S/FR. - LOC. UNIVALEM")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233335", "33350")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233335", "REDUTOR FLENDER 60013702. - PATR. 2950. - LOC. UNIVALEM")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233336", "33351")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233336", "REDUTOR. - S/FR. - LOC. UNIVALEM")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233408", "33352")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233408", "TURBINA AKZ 2246 M0-00 WCA. - S/FR. - LOC. UNIVALEM")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233297", "33357")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233297", " SULCADOR 2 LIN. CIVEMASA; ANO 2018. - FR140063. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233296", "33358")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233296", " CULTIVADOR 2L CARDERROLI; ANO 2018. - FR140049. - LOC. BOM RETIRO ")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233291", "33360")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233291", " SUPER CULTIVADOR ADUBADOR DMB; ANO 2010. - FR37356. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
-      <c r="A219" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233290", "33361")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233290", " SULCADOR 2 LIN. CIVEMASA; ANO 2018. - FR140066. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C219" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D219" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F219" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233418", "33362")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233418", " SULCADOR 2 LINHAS CIVEMASA; ANO 2019. - FR25224. - LOC. BOM RETIRO ")</f>
       </c>
       <c r="C220" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D220" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F220" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
-      <c r="A221" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233298", "33363")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233298", " CULTIVADOR 2L CARDERROLI; ANO 2018. - FR140045. - LOC. BOM RETIRO ")</f>
       </c>
       <c r="C221" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D221" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F221" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233292", "33364")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233292", " CULTIVADOR 2L CARDERROLI; ANO 2018. - FR140048. - LOC. BOM RETIRO ")</f>
       </c>
       <c r="C222" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D222" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F222" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
-      <c r="A223" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233295", "33365")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233295", " CULTIVADOR; ANO 2001. - FR67071. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C223" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D223" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F223" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
-      <c r="A224" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233301", "33366")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233301", " CULTIVADOR 2 LINHAS; ANO 2004. - FR38071. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C224" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
-      <c r="A225" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233417", "33368")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233417", " LOTE COM 5 DESENLEIRADORAS DE PALHA CARDEROLI; ANO 2018. - FR38080/FR38079/FR38081/FR67192/FR67193. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C225" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
-      <c r="A226" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233299", "33369")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233299", " ELIMINADOR DE SOQUEIRA; ANO 2018. - FR140065. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C226" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
-      <c r="A227" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233416", "33370")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233416", " ENXADA ROTATIVA UNIVERSAL; ANO 2014. - FR140024. - LOC. BOM RETIRO ")</f>
       </c>
       <c r="C227" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
-      <c r="A228" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233420", "33371")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233420", " ENXADA ROTATIVA UNIVERSAL; ANO 2011. - FR57311. - LOC. BOM RETIRO ")</f>
       </c>
       <c r="C228" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
-      <c r="A229" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233419", "33372")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233419", " ENXADA ROTATIVA UNIVERSAL; ANO 2013. - FR25040. - LOC. BOM RETIRO ")</f>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
-      <c r="A230" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233294", "33373")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233294", " CARRETINHA SERVIÇOS GERAIS; ANO 2011. - FR57301. - LOC. BOM RETIRO")</f>
       </c>
       <c r="C230" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
-      <c r="A231" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233293", "33381")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233293", "REBOQUE GUERRA AG RGR; ANO 2006/2006; AZUL; COM HIDRO ROLL. (FALTANDO A MOTOBOMBA) - FR1005011. - LOC. LEME")</f>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E231" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
-      <c r="A232" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233300", "33388")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233300", " CARROCERIA COMBOIO GASCOM. - S/FR. - LOC. LEME")</f>
       </c>
       <c r="C232" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E232" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
-      <c r="A233" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233428", "33433")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233428", "TANQUE DE FERRO. - TQE-RB-0101. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C233" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
-      <c r="A234" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233286", "33434")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233286", "PONTE ROLANTE MONOVIGA;  2 TON. ANO 2007. - FR295629. - LOC. RIO BRILHANTE")</f>
       </c>
       <c r="C234" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
-      <c r="A235" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233311", "33487")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233311", " 4 FREEZERS HORIZONTAIS. - S/FR. - LOC. BONFIM")</f>
       </c>
       <c r="C235" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F235" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
-      <c r="A236" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235001", "33490")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235001", "SEMI REBOQUE PRANCHA RANDON; ANO 1975/1975; LARANJA. - FR121301 - LOC. BONFIM")</f>
       </c>
       <c r="C236" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F236" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
-      <c r="A237" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233305", "33497")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233305", " TRANSBORDO SANTAL VT12; ANO 2008. - S/FR. - LOC. BONFIM")</f>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
-      <c r="A238" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233304", "33498")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233304", "TRANSBORDO SANTAL VT 12; ANO 2013. - FR123812. - LOC. BONFIM")</f>
       </c>
       <c r="C238" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F238" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
-      <c r="A239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233409", "33505")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233409", "CHASSI MOTOBOMBA. - FR13005015. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C239" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E239" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F239" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
-      <c r="A240" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235375", "33506")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235375", " SUCATA DE MOTOBOMBA.(CHASSI) - FR14005040. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C240" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
-      <c r="A241" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233340", "33513")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233340", "DECANTADOR HORIZONTAL TERNARIO DE INOX; ANO 1997. - DEC-MB-0002. - LOC. MB")</f>
       </c>
       <c r="C241" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
-      <c r="A242" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233341", "33520")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233341", "SEMI REBOQUE RANDON SR CA; ANO 2001/2001; VERDE. - FR11004216.  - LOC. MB")</f>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
-      <c r="A243" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233343", "33524")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233343", "CARRETINHA PARA TRANSPORTE DE TUBOS DE VINHAÇA; ANO 2007. - FR11003583. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C243" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F243" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
-      <c r="A244" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233342", "33538")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233342", "REBOQUE RANDON SE CN HI; ANO 1997/1998; VERDE. - FR13004091. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C244" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F244" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
-      <c r="A245" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233337", "33552")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233337", "SEMI REBOQUE USICAMP SRCP E2 10000; ANO 2006/2006; AZUL. - FR93618. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C245" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E245" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
-      <c r="A246" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234699", "33567")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234699", " TRANSBORDO SANTAL VT 10T. - FR1003152. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C246" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F246" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
-      <c r="A247" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234705", "33568")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234705", "TRANSBORDO SANTAL VT 10T; ANO 2011. - FR7003053. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F247" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
-      <c r="A248" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234698", "33569")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234698", "TRANSBORDO SANTAL VT 10T; ANO 2011. - FR13003106. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C248" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E248" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F248" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
-      <c r="A249" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234688", "33570")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234688", "TRANSBORDO SANTAL VT 10T; ANO 2012. - FR1003157. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C249" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F249" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
-      <c r="A250" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234702", "33579")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234702", "CAMINHÃO VOLKSWAGEN 15-180 EURO3 WORKER; ANO 2008/2009; BRANCO. - FR52511. - LOC. COSTA PINTO")</f>
       </c>
       <c r="C250" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F250" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
-      <c r="A251" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234712", "33580")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234712", "CAMINHÃO VOLKSWAGEN 26.220 EURO3 WORKER; ANO 2010/2010; BRANCO. - FR139280. - LOC. SANTA HELENA")</f>
       </c>
       <c r="C251" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t>157.000,00</t>
         </is>
       </c>
       <c r="F251" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
-      <c r="A252" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234691", "33582")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234691", " CARRETA DE SERVIÇOS GERAIS. - FR25412. - LOC. SANTA HELENA")</f>
       </c>
       <c r="C252" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F252" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
-      <c r="A253" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234711", "33590")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234711", "CAMINHÃO VOLKSWAGEN 26.280 CRM 6X4; ANO 2013/2014; BRANCO. - CARROCERIA ABAS.F. BAZUKA; ANO 2014. - FR140300/FR140601. - LOC. SÃO FRANCISCO")</f>
       </c>
       <c r="C253" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t>129.000,00</t>
         </is>
       </c>
       <c r="F253" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
-      <c r="A254" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234695", "33591")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234695", " TRATOR VALTRA BH 210i 4X4; ANO 2014. - FR173334. - LOC. SÃO FRANCISCO")</f>
       </c>
       <c r="C254" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t>131.000,00</t>
         </is>
       </c>
       <c r="F254" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
-      <c r="A255" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234707", "33592")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234707", " APROX. 23 PNEUS E RODAS DIVERSOS. - S/FR. - LOC. SÃO FRANCISCO")</f>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t>39.300,00</t>
         </is>
       </c>
       <c r="F255" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
-      <c r="A256" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234692", "33593")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234692", "ÔNIBUS MERCEDES BENZ OF 1318; ANO 1991/1992; BRANCO. - FR139202. - LOC. SÃO FRANCISCO")</f>
       </c>
       <c r="C256" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F256" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
-      <c r="A257" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234708", "33594")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234708", " APROX. 32 MOTORES; 3 VÁLVULAS; 1 REDUTOR E 1 MEDIDOR DE VAZÃO. - S/FR. - LOC. SÃO FRANCISCO")</f>
       </c>
       <c r="C257" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E257" s="5" t="inlineStr">
         <is>
           <t>25.200,00</t>
         </is>
       </c>
       <c r="F257" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
-      <c r="A258" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234696", "33595")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234696", " ELEVADOR DE CANECA. - S/FR. - LOC. SÃO FRANCISCO")</f>
       </c>
       <c r="C258" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E258" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F258" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
-      <c r="A259" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233422", "33601")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233422", "REBOQUE RANDON EQ CA; ANO 2008/2008; AZUL. - FR81979. - LOC. ZANIN")</f>
       </c>
       <c r="C259" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
-      <c r="A260" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235003", "33621")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235003", " 4  SUCATAS DE MOTORES/PARTES DIESEL. - S/FR. - LOC. SERRA ")</f>
       </c>
       <c r="C260" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
-      <c r="A261" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235785", "33622")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235785", "ÔNIBUS MERCEDES BENZ OF 1315; ANO 1992/1992; BEGE. - FR81354. - LOC. UIVALEM")</f>
       </c>
       <c r="C261" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F261" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
-      <c r="A262" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235774", "33623")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235774", " REDUTOR. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C262" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D262" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F262" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
-      <c r="A263" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235764", "33624")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235764", " REDUTOR. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C263" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D263" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F263" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
-      <c r="A264" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235752", "33625")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235752", " REDUTOR. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C264" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D264" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F264" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
-      <c r="A265" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235784", "33626")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235784", " REDUTOR. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C265" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
-      <c r="A266" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235773", "33627")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235773", " REDUTOR. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C266" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D266" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
-      <c r="A267" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235791", "33628")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235791", " REDUTOR E 1 TURBINA. - S/FR. - DESTIVALE")</f>
       </c>
       <c r="C267" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
-      <c r="A268" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235778", "33629")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235778", "  38 PLACAS DE INOX DE TROCADOR DE CALOR; 5 MANCAIS; 1 AR COND. 1 MOTO BOMBA E 3 ENGRENAGENS/PIÃO. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C268" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t>7.400,00</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
-      <c r="A269" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235758", "33630")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235758", "  6 ROLOS DE BORRACHA E 8 ROLOS DE LONA. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C269" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t>37.700,00</t>
         </is>
       </c>
       <c r="F269" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
-      <c r="A270" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235781", "33631")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235781", " 1 IMPLEMENTO AGRICOLA E 1 QUADRO DE GRADE. - S/FR. - LOC. MUNDIAL")</f>
       </c>
       <c r="C270" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
-      <c r="A271" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235803", "33632")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235803", " APROX. 55 SUCATAS DE PNEUS USADOS; RODOVIÁRIOS E AGRÍCOLAS. - S/FR. - LOC. MUNDIAL")</f>
       </c>
       <c r="C271" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D271" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t>10.200,00</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
-      <c r="A272" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235759", "33633")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235759", " CARROCERIA TRANSBORDO ANTONIOSI ATA 12000. - S/FR. - LOC. GASA")</f>
       </c>
       <c r="C272" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D272" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
-      <c r="A273" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235792", "33634")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235792", " SUCATA DE 6 IMPLEMENTOS AGRICÓLAS DIVERSAS. - FR7011/FR103948/FR103345/FR108430/FR106409. - LOC. DIAMANTE")</f>
       </c>
       <c r="C273" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D273" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
-      <c r="A274" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235786", "33635")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235786", " CAIXA DE AR INDUSTRIAL E CESTO DE CENTRIFUGA. - S/FR. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C274" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D274" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
-      <c r="A275" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235802", "33636")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235802", " VOLKSWAGEN SAVEIRO SUCATEADA. - FR501389. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C275" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D275" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
-      <c r="A276" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235800", "33637")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235800", " 2 TRANSBORDOS SANTAL VT 12; ANO 2015. - FR17318/FR17333. - LOC. SANTA CÂNDIDA")</f>
       </c>
       <c r="C276" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D276" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
-      <c r="A277" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235804", "33638")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235804", " COLHEDORA JOHN DEERE. - S/FR. - LOC. PARAÍSO")</f>
       </c>
       <c r="C277" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
-      <c r="A278" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A278" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235788", "33639")</f>
+      </c>
+      <c r="B278" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235788", " APROX. 4 SUCATAS DE IMPLEMENTOS AGRÍCOLAS. - FR102431/FR103501/FR103198/FR74029. - LOC. LOC. BARRA")</f>
       </c>
       <c r="C278" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D278" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
-      <c r="A279" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A279" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235753", "33640")</f>
+      </c>
+      <c r="B279" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235753", " GRADE ARADORA CIVEMASA. - FR103142. - LOC. BARRA")</f>
       </c>
       <c r="C279" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D279" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
-      <c r="A280" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A280" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235754", "33641")</f>
+      </c>
+      <c r="B280" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235754", " CHASSI DE GRADE ARADORA. - FR103126. - LOC. BARRA")</f>
       </c>
       <c r="C280" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D280" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F280" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
-      <c r="A281" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A281" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235751", "33642")</f>
+      </c>
+      <c r="B281" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235751", " ELIMINADOR DE SOQUEIRA. - FR48170. - LOC. BARRA")</f>
       </c>
       <c r="C281" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D281" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F281" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
-      <c r="A282" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A282" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235750", "33643")</f>
+      </c>
+      <c r="B282" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235750", " SUBSOLADOR AGROMATÃO. - FR103139. - LOC. BARRA")</f>
       </c>
       <c r="C282" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D282" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
-      <c r="A283" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A283" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235795", "33644")</f>
+      </c>
+      <c r="B283" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235795", " CARRETA PARA TRANSPORTE DE FARDOS. - FR48309. - LOC. IPAUSSU")</f>
       </c>
       <c r="C283" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D283" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t>7.100,00</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
-      <c r="A284" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A284" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235755", "33645")</f>
+      </c>
+      <c r="B284" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235755", " TRATOR VALTRA BH 210; ANO 2015. - FR188930. - LOC. IPAUSSU")</f>
       </c>
       <c r="C284" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D284" s="4" t="inlineStr">
         <is>
           <t>139</t>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t>176.000,00</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
-      <c r="A285" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A285" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235796", "33646")</f>
+      </c>
+      <c r="B285" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235796", " SUCATA DE MOTO BOMBA. - FR49748. - LOC. IPAUSSU")</f>
       </c>
       <c r="C285" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D285" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t>4.650,00</t>
         </is>
       </c>
       <c r="F285" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
-      <c r="A286" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A286" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235770", "33652")</f>
+      </c>
+      <c r="B286" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235770", " SUCATA DE ENXADA ROTATIVA. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C286" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D286" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F286" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
-      <c r="A287" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A287" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235776", "33653")</f>
+      </c>
+      <c r="B287" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235776", "APROX. 21 MOTORES ELÉTRICOS; 10 VÁLVULAS/PARTES E 1 SUCATA DE TUBINA. - S/FR. - LOC. DESTIVALE")</f>
       </c>
       <c r="C287" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D287" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F287" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
-      <c r="A288" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A288" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233421", "33704")</f>
+      </c>
+      <c r="B288" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233421", "COLHEDORA JOHN DEERE 3520; ANO 2010. - FR163629. - LOC. PARAÍSO ")</f>
       </c>
       <c r="C288" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D288" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F288" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
-      <c r="A289" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A289" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233432", "33729")</f>
+      </c>
+      <c r="B289" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233432", "REBOQUE SERMATEC CI; ANO 1993/1993; LARANJA; COM CARRETEL E MOTOR. - FR247707/FR247713. - LOC. DIAMANTE")</f>
       </c>
       <c r="C289" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D289" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
-      <c r="A290" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A290" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233433", "33730")</f>
+      </c>
+      <c r="B290" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233433", "REBOQUE RODOVIARIA RQ CI HI; ANO 1992/1992; VERDE. - FR173847. - LOC. UNIVALEM")</f>
       </c>
       <c r="C290" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D290" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
-      <c r="A291" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A291" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233303", "33732")</f>
+      </c>
+      <c r="B291" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233303", "2 SUCATAS DE MOTO BOMBAS. - FR173458. - LOC. UNIVALEM")</f>
       </c>
       <c r="C291" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D291" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F291" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
-      <c r="A292" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A292" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233302", "33740")</f>
+      </c>
+      <c r="B292" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233302", "TANQUE DE AÇO CARBONO APROX. 30.000 LTS. - S/FR. - LOC. UNIVALEM")</f>
       </c>
       <c r="C292" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D292" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t>17.400,00</t>
         </is>
       </c>
       <c r="F292" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
-      <c r="A293" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A293" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235002", "33800")</f>
+      </c>
+      <c r="B293" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235002", "PÁ CARREGADEIRA VOLVO L110 TRACBEL; ANO 2004. - FR13002032. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C293" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D293" s="4" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t>133.000,00</t>
         </is>
       </c>
       <c r="F293" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
-      <c r="A294" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A294" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235360", "33808")</f>
+      </c>
+      <c r="B294" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235360", " SEMI REBOQUE RANDON SR BA BASCULANTE; ANO 2004/2004; AZUL. (SERÁ VENDIDO SEM DIREITO A DOCUMENTAÇÃO) - FR14004011. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C294" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D294" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F294" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
-      <c r="A295" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A295" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233423", "33814")</f>
+      </c>
+      <c r="B295" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233423", "DOLLY PARA CARRETA MCA JOST; ANO 2004. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - FR11003066. - LOC. MB")</f>
       </c>
       <c r="C295" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D295" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F295" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
-      <c r="A296" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A296" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233426", "33815")</f>
+      </c>
+      <c r="B296" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233426", "DOLLY RANDON; ANO 1999. - FR11003037. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - LOC. MB")</f>
       </c>
       <c r="C296" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D296" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F296" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
-      <c r="A297" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A297" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233425", "33816")</f>
+      </c>
+      <c r="B297" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233425", "PLANTADORA DE CANA DMB PCP 6000; ANO 2015. (VENDA SEM PNEUS) - FR11003760. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C297" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D297" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E297" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F297" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
-      <c r="A298" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A298" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233306", "33817")</f>
+      </c>
+      <c r="B298" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233306", "PLANTADORA DE CANA DMB PCP 6000. (VENDA SEM PNEUS) - FR11004363. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C298" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D298" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F298" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
-      <c r="A299" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A299" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233434", "33823")</f>
+      </c>
+      <c r="B299" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233434", "PREPARADOR DE SOLO PENTA LIPOW. - FR11003758. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C299" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D299" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F299" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
-      <c r="A300" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A300" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233424", "33833")</f>
+      </c>
+      <c r="B300" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/233424", "CARRETA DISTRIBUIDORA DE TORTA FILTRO E ADUBO DMB; ANO 2016. - FR11003810. - LOC. MB")</f>
       </c>
       <c r="C300" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D300" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F300" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
-      <c r="A301" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A301" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235004", "33834")</f>
+      </c>
+      <c r="B301" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235004", "CARRETA DISTRIBUIDORA DE TORTA FILTRO E ADUBO DMB PCP 6000. - S/FR. - LOC. MB")</f>
       </c>
       <c r="C301" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D301" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F301" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
-      <c r="A302" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A302" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235384", "33836")</f>
+      </c>
+      <c r="B302" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235384", " 2 TRANSBORDOS. - FR13003117/FR13003118. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C302" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D302" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F302" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
-      <c r="A303" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A303" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235370", "33839")</f>
+      </c>
+      <c r="B303" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235370", " PLANTADORA DE CANA AUTOMÁTICA DMB; ANO 2011. (SEM PNEUS) - FR14003497. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C303" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D303" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F303" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
-      <c r="A304" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A304" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235383", "33840")</f>
+      </c>
+      <c r="B304" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235383", " PLANTADORA DE CANA DMB PCP 6000. (SEM PNEUS) - FR11003800. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C304" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D304" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E304" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F304" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
-      <c r="A305" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A305" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235351", "33841")</f>
+      </c>
+      <c r="B305" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235351", " DISTRIBUIDOR DE ADUBO 3 HASTES DMB. (COCHO) - FR11803011. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C305" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D305" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E305" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F305" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
-      <c r="A306" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A306" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235385", "33842")</f>
+      </c>
+      <c r="B306" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235385", " TRANSBORDO SANTA IZABEL TRIDEM 13T; ANO 2013. - FR11003693. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C306" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D306" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E306" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F306" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
-      <c r="A307" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A307" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235386", "33843")</f>
+      </c>
+      <c r="B307" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235386", " CARROCERIA TRANSBORDO TIPO CX DUPLO SANTA IZABEL SI TSI 14000 - FALTA 01 CAIXOTE. - S/FR. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C307" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D307" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F307" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
-      <c r="A308" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A308" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235353", "33844")</f>
+      </c>
+      <c r="B308" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235353", " CARROCERIA TRANSBORDO TIPO CX DUPLO SANTA IZABEL SI TSI 14000. - FR287015. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C308" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D308" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F308" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
-      <c r="A309" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A309" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235368", "33845")</f>
+      </c>
+      <c r="B309" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235368", " TRANSBORDO CIVEMASA TRIDEM 13T; ANO 2008. - FR5004823. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C309" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D309" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E309" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F309" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
-      <c r="A310" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A310" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235381", "33846")</f>
+      </c>
+      <c r="B310" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235381", " GRADE ARADORA CIVEMASA COM 32 DISCOS ARADOS E 02 PNEUS; ANO 2014. - FR11003751. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C310" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D310" s="4" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="E310" s="5" t="inlineStr">
         <is>
           <t>38.200,00</t>
         </is>
       </c>
       <c r="F310" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
-      <c r="A311" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A311" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235374", "33847")</f>
+      </c>
+      <c r="B311" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235374", " APROX. 33 PNEUS. - S/FR. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C311" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D311" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E311" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F311" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
-      <c r="A312" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A312" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235365", "33849")</f>
+      </c>
+      <c r="B312" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235365", " CARROCERIA TRANSBORDO TIPO CX DUPLO SANTA IZABEL SI TSI 14000. - FR287047. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C312" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D312" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E312" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F312" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
-      <c r="A313" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A313" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235352", "33850")</f>
+      </c>
+      <c r="B313" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235352", " CARROCERIA TRANSBORDO TIPO CX DUPLO SANTA IZABEL SI TSI 14000. - FR287040. - LOC. VALE DO ROSÁRIO")</f>
       </c>
       <c r="C313" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D313" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E313" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F313" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
-      <c r="A314" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A314" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235349", "33851")</f>
+      </c>
+      <c r="B314" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235349", " CARRETINHA COM TANQUE DE FERRO CAPAC. 10.000 LTS. SOLLUS; ANO 2016. - FR92887. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C314" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D314" s="4" t="inlineStr">
         <is>
           <t>118</t>
         </is>
       </c>
       <c r="E314" s="5" t="inlineStr">
         <is>
           <t>39.800,00</t>
         </is>
       </c>
       <c r="F314" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
-      <c r="A315" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A315" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235344", "33852")</f>
+      </c>
+      <c r="B315" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235344", " TRATOR MASSEY FERGUSON 7140 4X4; ANO 2010. - FR93143. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C315" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D315" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E315" s="5" t="inlineStr">
         <is>
           <t>73.000,00</t>
         </is>
       </c>
       <c r="F315" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
-      <c r="A316" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A316" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235366", "33853")</f>
+      </c>
+      <c r="B316" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235366", " DOLLY. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - FR56906. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C316" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D316" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E316" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F316" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
-      <c r="A317" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A317" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235388", "33854")</f>
+      </c>
+      <c r="B317" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235388", " DOLLY. (VENDA SEM DIREITO A DOCUMENTAÇÃO) - FR10267. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C317" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D317" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E317" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F317" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
-      <c r="A318" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A318" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235348", "33855")</f>
+      </c>
+      <c r="B318" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235348", " TRANSBORDO SMR 10500 10T; ANO 2008. - FR10138. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C318" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D318" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F318" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
-      <c r="A319" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A319" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235350", "33856")</f>
+      </c>
+      <c r="B319" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235350", " TANQUE PLÁSTICO VERDE PULVERIZADOR. - S/FR. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C319" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D319" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F319" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
-      <c r="A320" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A320" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235363", "33857")</f>
+      </c>
+      <c r="B320" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235363", " TURBINA COM CAIXA DE ÓLEO. - FR312004. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C320" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D320" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E320" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F320" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
-      <c r="A321" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A321" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235389", "33858")</f>
+      </c>
+      <c r="B321" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235389", "  2 PINHÕES ENGRENAGEM. - S/FR. - LOC. JUNQUEIRA")</f>
       </c>
       <c r="C321" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D321" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E321" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F321" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
-      <c r="A322" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A322" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235357", "33899")</f>
+      </c>
+      <c r="B322" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235357", " TRANSBORDO. - FR14003520. - LOC. SANTA ELISA")</f>
       </c>
       <c r="C322" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D322" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E322" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F322" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>