--- v0 (2025-11-13)
+++ v1 (2026-03-26)
@@ -269,7035 +269,6159 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234923", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234923", "LOTE ÚNICO: CONTÉM TODOS OS LOTES (total de 218 lotes)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234713", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234713", " Cabos, kits, coroas, correntes, iluminação, pistões, cororas e carenagem. Veja especificações")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234718", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234718", " Suporte do bagageiro da BMW F650 - kit top master 6 unid")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234715", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234715", " PTB 00ATEX1002 Marca ROSE SYSTEMTECHNIK GMBH – Aprox. 20 unid")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234716", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234716", " PTB 00ATEX 1002 Marca ROSE SYSTEM TECHNIK GMBH – 10 unid")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234714", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234714", " Dobradiças Johnson Hardware sem parafuso. Aprox. 500 unid")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234723", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234723", " Parafuso Tobutsu / N09-4145-05 – Aprox. 2.000 mil unidades de parafuso")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234720", "015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234720", " Controle Toshiba cod SE-027 – Aprox. 30 unid")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234717", "020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234717", " Válvula de gaveta PN40 /05C25 -02 unid")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234724", "029")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234724", " 6 Pares de seta TVS N9321820 – 6 pares")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234722", "030")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234722", " HP Hewlett packard Desigenjet 700 – 01 unid")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234719", "032")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234719", " Leitor Optico DV38-02-3 - 10 unid")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234721", "033")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234721", " Leitor Optico DV38-02-3 - 10 unid")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234726", "038")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234726", " Sobrelaminado de transferência térmica – aprox 20 rolos  no estado ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234725", "040")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234725", " Compressores Embraco   no estado – 3 unid ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234729", "041")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234729", " Calhas com e sem lâmpadas no estado  – 7 unid ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234727", "045")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234727", " Paralama club car/ carrinho de golfe  - Aprox. 15 unid.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234735", "048")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234735", " Motor CE 220/380V  -01 unid. Motor Elektrin SH71/2A  - 01 unid ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234740", "049")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234740", " Juntas  - Aprox. 1.200 unid ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234730", "059")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234730", " Aparentemente cabeçote com engrenagem – aprox 6 unid. Conforme lote exposto.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234747", "060")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234747", " Tampa externa veiculo GM  - 6 unid")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234731", "061")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234731", " Peças automotivas contendo alavanca de marcha – 2 unid e 8 peças sobressalentes  - total 10 peças")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234736", "062")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234736", " Thordon modelo F361050181 – SXL  BRG  - aprox  4 peças")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234738", "063")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234738", " Caximbo para vela diversos – aprox 300 peças")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234741", "066")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234741", " Acabamento de bolsas / sapatos / cintos e outros  - aprox 1.000 peças")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234737", "068")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234737", " Placas para DVD – 40 unid aprox ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234728", "069")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234728", " Tampa com placa eletrônica Van derlande  mod 0938009  - Aprox. 20 unid  ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234742", "072")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234742", " Cabos usado em celular modelo GPG M2510 – 40 unid ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234734", "073")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234734", " Botão  - aprox  90 unid ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234743", "074")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234743", " Peças aparentemente usada em corpo de válvula de cabeçote -  aprox 30 unid. Conforme lote exposto.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234925", "076")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234925", " Chave de seta moto antiga  ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234739", "078")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234739", " Caixa de exaustor Camfil n° B625550-033  obs: sem motor   - 01 unid ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234733", "079")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234733", " Molas – aprox.  4 mil unid ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234924", "080")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234924", " Miolo de moto antiga – 10 unid ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234926", "081")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234926", " Fontes diversas – aprox 40 unid ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234748", "082")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234748", " Peças para carrinho de golfe modelo AM1188, Am807, P550012, L26150S. Aprox  15 peças ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234744", "089")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234744", " Daihatsu – aprox 20 unid ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234746", "090")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234746", " Polia do virabrequim volvo FH – modelo 20799474 – 3 unid. Sem uso.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234745", "091")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234745", " Escapamento de moto – 01 unid ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234732", "093")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234732", " Escapamentos – 02 unid. Ponteiras – 02 unid ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234749", "097")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234749", " Basitek  cod 157257-1  - 8 peças sem uso")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234752", "098")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234752", " Coletor de admissão Apache  - Aprox. 50 unid ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234750", "103")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234750", " Painel GM – 6 unid ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234753", "104")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234753", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234751", "105")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234751", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234754", "106")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234754", " Livro Textbook of Pediatric Infectious Diseases  - kit volume 1 e 2 ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234755", "107")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234755", " Livros Nanocosmetics And Nanomedicines -  5 unid ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234756", "108")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234756", " Lost Constellations  - 5 unid ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234757", "109")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234757", " Peças para bombas gouds – aprox 15 unid ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234758", "110")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234758", " Livros Nanocosmetics And Nanomedicines -  5 unid ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234759", "111")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234759", " Lost Constellations  - 5 unid ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234761", "114")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234761", " Clip de metal para pias – Aprox. 500 unid ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234760", "116")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234760", " Clip de metal para pias – Aprox. 500 unid ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234762", "117")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234762", " Anel Kapco Nas1812-5ª – Aprox. 50 unid ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234763", "120")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234763", " Lote de peças KD Ingenieurtechnik – aprox 1.000 unid ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234764", "123")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234764", " CARTUCHO MIMAKI E EPSON – APROX 19 UNID NO ESTADO")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234765", "126")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234765", " PLACAS FAX OPTION TYPE 5001 RICOH SEM USO – 02 UNID")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234766", "129")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234766", " ANTENA SENAOSN-8908 NO ESTADO – 03 UNID")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234768", "131")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234768", " PEÇAS DE TUBULAÇÃO JACOB NOVAS – 21 UNID APROX")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234767", "135")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234767", " PEÇAS PARA EQUIP AGRICOLA SEM USO – 02 UNID")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234773", "138")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234773", " Fontes no estado – 10 unid")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234775", "140")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234775", " Controlador – 4 unid no estado")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234783", "141")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234783", " Bloco hidraulico – Aprox. 100 unid")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234786", "145")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234786", " Molas de veiculos – 4 unid")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234774", "146")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234774", " Carenagem de moto diversas – 50 aprox")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234789", "147")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234789", " Kiwitalk – 38 unid")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234784", "154")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234784", " Linha – aproximadamente 50 rolos")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234788", "155")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234788", " Linha – aproximadamente 50 rolos")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234769", "164")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234769", " Peças no estado aparentemente agricola – 4 unid")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234785", "165")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234785", " Peças diversas. Conforme lote exposto – 22 unid")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234777", "166")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234777", " Adaptador de antena – 1100 unid")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234772", "169")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234772", " Anel de metal – 500 unid aprox")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234776", "172")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234776", " Placas lisas– 475 unid aprox. Cabos para celular – Aprox. 37 unid. Placas ( aparentemente memoria) sem componente – 280 unid aprox.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234790", "175")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234790", " Amano TF5030 Ribbon similar – Aprox. 25 unid")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234770", "176")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234770", "  Frymaster original. 8260993SP – aprox. 50 pares")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234927", "177")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234927", " Peças de moto diversas. Conforme lote exposto – aprox. 60 unid")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>210,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234781", "179")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234781", " Cascos virabrequim PS26H-Z 0.5 – 6 pares")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234779", "183")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234779", " Cascos virabrequim PS26H-Z 0.5 – 9 pares")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234771", "189")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234771", " Chicotes diversos – 65 unid aprox")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234778", "190")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234778", " Kliklok – pecas modelos variados - 30 unid aprox")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234780", "196")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234780", " Óculos Bear Stuff – 150 unid aprox")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234782", "197")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234782", " Óculos Bear Stuff – 150 unid aprox")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234787", "198")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234787", " Óculos Bear Stuff – 150 unid aprox")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234805", "201")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234805", " Aprox. 5 mil peças plasticas branca ( conforme imagens)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234793", "203")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234793", " Produtos da Shurflo")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234792", "204")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234792", " UNBEKANNTESWERK 16 peças aprox ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234812", "208")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234812", " 2 unid Page Modulo de comunicação MX4")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234791", "209")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234791", " Frymaster peças conforme lote exposto")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234806", "210")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234806", " Placas Kill coding 3 unid")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234810", "212")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234810", " F.G TV zoom leans ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234799", "213")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234799", " Composto 3 unid aparelhos eletronicos")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234795", "217")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234795", " 2 discos Bosch WF11")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234929", "219")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234929", " peças moto novas / discos/ juntas/cadeado pantografico")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
         <is>
           <t>160,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...624 lines deleted...]
-      <c r="C32" s="4" t="inlineStr">
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234815", "220")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234815", " 1 Alarme TV RR e 1 motor")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234814", "225")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234814", " Capas maçaneta automotiva aprox 100 unid ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234802", "226")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234802", " Capas maçaneta automotiva aprox 70 unid   peças para Helicoptero")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234824", "227")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234824", " Peças diversas roteador/ adaptadores ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234803", "230")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234803", " Peças automotivas diversas conforme imagens")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234794", "234")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234794", " 2 unid Vision Power ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234809", "236")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234809", " Caixa direção Koyo ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234796", "238")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234796", " Aprox 120 peças diversos")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234801", "242")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234801", " Lote composto por placas e HD")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234807", "249")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234807", " Aprox. 250 peças plasticas")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234821", "253")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234821", " Lote de produtos usados para acampamento/ escalada ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234818", "255")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234818", " Lote de peças Boart Longyear / Tsubaki ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234817", "256")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234817", " Lote de peças para Maquinas Terex ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234826", "258")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234826", "Chicote automotivo GM Cruise")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234820", "259")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234820", " 1 unid IXIA modelo 2112")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234823", "260")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234823", " 1 unid IXIA modelo 2112")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234825", "261")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234825", " Lote de peças para maquina lavar louça ( qtdade e produto conforme imagens)")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234797", "262")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234797", " Aparelho Alcatel ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234804", "264")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234804", " Ratlapa ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234808", "265")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234808", " Amano pix / aparelho ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234827", "269")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234827", " Aprox 1000 unid anel para torneira e conexões")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234930", "270")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234930", " Peças de moto diversas conforme imagens")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D32" s="4" t="inlineStr">
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234822", "271")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234822", " Abraçadeira maciça / 5 pares luvas grossas/ 20 peças de fixação ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234816", "272")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234816", " Peças de moto Ducati originais   transformador de corrente e outros ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234819", "277")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234819", " Placas diversas ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234811", "279")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234811", " Aprox 15 placas diversas ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234800", "282")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234800", " Lote de placas diversas")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234813", "283")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234813", " 3 unid de cilindro aparentemente graficos ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234798", "284")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234798", "  Aprox 70 peças de puxador GM novos")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234928", "287")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234928", " Peças de moto diversas ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E32" s="5" t="inlineStr">
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234834", "288")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234834", " Peças diversas. Conforme lote exposto")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234830", "290")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234830", " Placas diversas")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234835", "291")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234835", " Caixa de banco ")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234828", "292")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234828", " KopKit  - 5 kits  / Network - 01 unid /  e outras peças")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234829", "294")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234829", " Alojamento de bomba e campana de roda ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234832", "295")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234832", " Caixa de banco ")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234836", "299")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234836", " Placas Hd e outros")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234839", "300")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234839", " Modulador digital e placa ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234831", "301")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234831", " Placas /Riverbid ")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234837", "302")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234837", "  1 unidade de controlador e 2 aparelhos wireless ")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234838", "304")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234838", " Cilindro P064227.0 FE-UW D110CR")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234833", "306")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234833", " Lona de freio / potenciometro e produtos Putaway Label")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234841", "313")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234841", " aprox 13 peças de tampa de cabeçote aparentemente para empilhadeira ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234843", "314")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234843", " aprox 13 peças de tampa de cabeçote aparentemente para empilhadeira ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234842", "315")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234842", " Peças para impressoras diversas")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234840", "324")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234840", " aprox 500 unid de dobradiças")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234845", "327")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234845", " correias, juntas e outros. qtdade conforme imagens ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234853", "329")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234853", " placas/ correias dentadas e outros")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234851", "330")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234851", " conexões/ valvula/ botijão e outros")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234846", "331")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234846", " placas diversas ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234854", "332")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234854", " produtos diversos/ placas e outros")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234847", "334")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234847", " placas diversas / e bagageiro BMW para moto")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234855", "335")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234855", " placas diversas e termopar ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234849", "336")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234849", " bagageiro BMW para moto/ placas e outros ")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234848", "337")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234848", " bagageiro BMW para moto/ placas e outros ")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234856", "338")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234856", " peças symbol e bagageiro BMW para moto")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234857", "340")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234857", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234858", "341")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234858", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234844", "342")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234844", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234852", "343")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234852", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234859", "344")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234859", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234850", "345")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234850", " aprox 50 mangueiras para refrigeração automotiva")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234860", "348")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234860", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234863", "349")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234863", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234862", "350")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234862", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234861", "351")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234861", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234865", "352")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234865", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234864", "353")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234864", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234866", "354")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234866", " Mil unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234868", "355")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234868", " Lote de Juntas Volvo aprox 20 unid")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234871", "356")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234871", " Aprox 200 conexões")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234867", "357")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234867", " Aprox 200 conexões")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234869", "358")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234869", " 7 unidades de moldura parabrisa maquina agricola ")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234870", "359")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234870", " 8 unidades de moldura parabrisa maquina agricola ")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234873", "360")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234873", " aprox 50 unid de mangueira para refrigeração automotiva")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234872", "361")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234872", " aprox 50 unid de mangueira para refrigeração automotiva")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234874", "362")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234874", " 1500 unid parafusos cabeça philips ")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234875", "363")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234875", " Lote de produtos Amano aprox 15 unid e placas aprox 6 unid")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234877", "364")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234877", " Lote de produtos Alfa Laval e outros ")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234876", "365")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234876", " Lote de produtos da marca TinyTag Plus e Shunt release/ Cisco e outros")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234879", "367")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234879", " Sensor Philips / sinalizador de incendio/ cabos/ e motor qtdade conforme imagem")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234881", "368")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234881", " Lote de peças Fry jado novas  qtdade conforme imagem")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234880", "369")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234880", " Lote de peças Fry jado novas  qtdade conforme imagem")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234878", "370")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234878", " Chave seletora Fry Jado novas aprox 21 unid")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234882", "371")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234882", " Chave seletora Fry Jado novas aprox 17 unid")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234883", "374")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234883", " Aprox 200 unid de conexões")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234884", "375")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234884", " Aprox 200 unid de conexões")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234886", "376")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234886", " Aprox 200 unid de conexões")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234885", "377")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234885", " Aprox 200 unid de conexões")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234887", "378")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234887", " Aprox 200 unid de conexões")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234888", "379")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234888", " Aprox 200 unid de conexões")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234889", "380")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234889", " Aprox 200 unid de conexões")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234891", "381")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234891", " Aprox 200 unid de conexões")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234890", "382")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234890", " Aprox 200 unid de conexões")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234931", "383")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234931", " Lote composto por barraca camping no estado")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
-[...501 lines deleted...]
-      <c r="D48" s="4" t="inlineStr">
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234892", "384")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234892", " 100 unid adaptador de rosca para torneiras")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234893", "385")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234893", " Filtro aprox 2 metros compr 1 unid")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234894", "386")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234894", " Peça para veiculo marca Land Rover produto novo ")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234895", "387")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234895", " Lote composto por parafusos/ porcas e outros qtdade grande conforme imagens")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234897", "388")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234897", " Lote composto por aprox 500 unid conexões")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234896", "389")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234896", " Aparelho Schlarge ")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234898", "390")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234898", " Aparelho Schlarge ")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234900", "391")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234900", " Lote composto por conexões Hermeto aprox 150 unid")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234899", "392")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234899", " Lote contendo aprox 27 placas eletronicas")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234901", "393")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234901", " Aprox 1600 chaves tubular ")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234905", "394")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234905", " Aprox 1600 chaves tubular ")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234902", "395")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234902", " Aprox 1600 chaves tubular ")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234903", "396")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234903", " Dobradiça aprox 450 unid. Sem uso")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234904", "397")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234904", " Dobradiça aprox 450 unid. Sem uso")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234906", "398")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234906", " Protetor auditivo Camper aprox 20 unid (sem uso)")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234908", "399")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234908", " Luva de PVC  46 Volki 12 pares (sem uso)")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234911", "400")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234911", " Peças diversas- capacitores, fusiveis e outros.  Quantidade conforme lote exposto.")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234907", "401")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234907", " Peças de maquina de costura. Quantidade conforme lote exposto.")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234912", "402")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234912", " Diversos - tubo hidraulico maquina agricola/ peças SMC  e Seiki Suruga. Quantidade conforme lote exposto.")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234910", "403")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234910", " lote contendo 7 produtos Sem uso: 3 cabos king signal 1/2" com conector, 1 cabo M12 RJ45 e 3 conectores Sim femea ")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234909", "404")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234909", " lote contendo 1 placa. Descrição conforme imagem")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234913", "405")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234913", " lote contendo 1 placa. Descrição conforme imagem")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234915", "406")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234915", " lote contendo 1 placa. Descrição conforme imagem")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234917", "407")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234917", " lote contendo 2 HD e aprox 20 placas conforme lote exposto")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234914", "408")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234914", " lote contendo 5 placas novas EMC descrição conforme lote exposto")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234916", "409")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234916", " Aprox. 60 unid de placas eletronicas conforme lote exposto")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234918", "410")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234918", " peças plásticas com parafusos para lampada tubolar. Alta quantidade conforme imagens e lote exposto.")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234919", "411")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234919", " 6 telefones Avaya no estado")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234921", "412")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234921", " Porta injetor. Aprox 30 unid ")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234920", "414")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234920", " lote de peças Nissan. Quantidade conforme lote exposto")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E48" s="5" t="inlineStr">
-[...5758 lines deleted...]
-      </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
-      <c r="A229" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234922", "415")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/234922", " Firewall marca Fireye modelo HX4400")</f>
       </c>
       <c r="C229" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>