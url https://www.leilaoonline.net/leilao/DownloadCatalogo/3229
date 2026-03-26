--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,2555 +269,2239 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235447", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235447", " 110 unid. ARMAÇÕES DE ÓCULOS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235459", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235459", " 90 Unid. ARMAÇÕES DE ÓCULOS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235449", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235449", " 100 UNID. ARMAÇÕES PUMMA   CX")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235463", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235463", " 100 UNID. ARMAÇÕES PUMMA   CX")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235462", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235462", " 50 BANDEJAS DE PLÁSTICO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235457", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235457", " 50 BANDEJAS DE PLÁSTICO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235456", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235456", " 06 UN. DE CAIXA DE INCÊNDIO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235460", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235460", "[ VÍDEO ] 01 UNID. MAPOTECA PANDIM EM AÇO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235455", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235455", " 01 MAPOTECA PANDIM EM AÇO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235461", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235461", " Kit Parafuso Estr. Sextavado A325   Arruela   Porca Zincado")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235458", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235458", " Kit Parafuso Estr. Sextavado A325   Arruela   Porca Zincado")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235453", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235453", " 35 UNID. TORRE VAZIA DELL ORIGINAL")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235448", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235448", " 01 UNID. APARADOR / BANCADA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235450", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235450", " 01 UNID. APARADOR / BANCADA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235454", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235454", " 02 COIFA COM MOTOR")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235452", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235452", " 07 UNID. RACK VERTICAL SERVIDOR")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235451", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235451", " 01 PÓRTICO / PONTE ROLANTE")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235433", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235433", " Controlador De Motor Ab 150-c251ncd Trifásico 50/60hz Allen")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235464", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235464", "Máquina de Solda BGA. Retrabalho Ir Altamente Flexível. Ir/pl 550 A Ersa.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235436", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235436", " APROX. 220 UN. - PISOS ELEVADO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235428", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235428", " 10 UN. GAVETEIRO ROLANTE - MARCA RICCO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235441", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235441", " 05 UN. Cassete Hidrônico York c/ Controle")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235437", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235437", " 05 UN. Cassete Hidrônico York c/ Controle")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235430", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235430", " REFRIGERADOR VERTICAL")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235439", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235439", " 37 UN. - MOTOR COM REDUTOR 80X1 ( 1,5)")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235429", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235429", " 7 un. - MOTOR COM REDUTOR 80X1 (0,5CV)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235435", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235435", " Nobreak NHS Premin PDV Max   Módulo Expansão Baterias")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235440", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235440", " Nobreak SMS Sinus Double II")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235431", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235431", " Nobreak Eaton E Series DX")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235427", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235427", " Nobreak Eaton E Series DX")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235434", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235434", " MÓDULO LIGA/DESLIGA EATON")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235432", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235432", " Nobreak APC Galaxy 5000   Armoire Batterie")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235438", "044")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235438", " 90 un. - DUTO VENTILADO GALVANIZADO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235426", "045")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235426", " 90 un. - DUTO VENTILADO GALVANIZADO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235443", "046")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235443", " 7 UN. Pé Direito em Ferro")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235446", "047")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235446", " 5 UN. MESA ERGONÔMICA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235442", "048")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235442", " 5 UN. MESA ERGONÔMICA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235445", "049")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235445", " 10 UN. ARMÁRIO MULTIUSO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>180.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235444", "050")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235444", " 2 UN. SELADORA CONJUGADA DELTA PACK")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235504", "052")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235504", "PAINEL EM AÇO 2,40X65X2,00 MT - VAZIO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235466", "101")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235466", " 05 unidades - MESA / APARADOR GRANDE MOD. GRANDE C/ GAVETAS FALSAS")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235465", "102")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235465", " 04 unidades - MESA / APARADOR PEQUENA MOD. PEQUENA C/ GAVETAS FALSAS")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235471", "103")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235471", " 05 unidades - ARARA RETA CROMADA GRANDE")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235470", "104")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235470", " 04 unidades ARARA RETA CROMADA GRANDE")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235467", "105")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235467", " 05 unidades - ARARA RETA CROMADA PEQUENA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235468", "106")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235468", " 04 unidades - ARARA CROMADA CARRINHO COM RODIZIOS")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235469", "107")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235469", " 04 unidades - ARARA CROMADA CARRINHO COM RODIZIOS")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235473", "108")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235473", " 07 unidades - ARARA CURVA CROMADA")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235474", "109")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235474", " 07 inidades - ARARA CURVA CROMADA")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235472", "110")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235472", " 05 unidades - ARARA ESCADINHA CROMADA COM RODIZIOS")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235477", "111")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235477", " 05 unidades - ARARA ESCADINHA CROMADA COM RODIZIOS")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235475", "112")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235475", " 05 unidades - ARARA ESCADINHA CROMADA COM RODIZIOS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235476", "113")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235476", " 05 unidades - ARARA ESCADINHA CROMADA COM RODIZIOS")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235479", "114")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235479", " 05 unidades - EXPOSITOR EM FERRO C/ PAINEL P/ GANCHO PRETO E BRANCO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235478", "115")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235478", " 05 undades - EXPOSITOR EM FERRO C/ PAINEL P/ GANCHO PRETO E BRANCO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235480", "116")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235480", " 05 unidades - EXPOSITOR EM FERRO C/ PAINEL P/ GANCHO PRETO E BRANCO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235481", "117")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235481", " 05 undades - EXPOSITOR EM FERRO C/ PAINEL P/ GANCHO BRANCO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235482", "118")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235482", " 08 unidades - ARARA RETA COM LATERAL TRIANGULAR (G) BRANCA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235483", "119")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235483", " 08 unidades - ARARA RETA COM LATERAL TRIANGULAR (P) BRANCA")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235486", "120")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235486", " APROX. 100 UNIDADES - MANEQUINS DE FIBRA PARA REFORMAR - VARIADAS")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235484", "121")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235484", " APROX. 50 UNIDADES - MANEQUINS DE FIBRA PARA REFORMAR - VARIADAS")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235488", "122")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235488", " APROX. 06 UNIDADES - MANEQUINS MASCULINO SENTADO PARA REFORMAR - BRANCO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235487", "123")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235487", " APROX. 05 UNIDADES - EXPOSITOR DE CHÃO P/ GANCHO - BRANCO/PRETO")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235485", "124")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235485", " APROX. 05 UNIDADES - EXPOSITOR DE CHÃO P/ GANCHO - BRANCO/PRETO")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235489", "125")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235489", " APROX. 05 UNIDADES - EXPOSITOR DE CHÃO P/ GANCHO - BRANCO/PRETO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235490", "126")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235490", " APROX. 05 UNIDADES - EXPOSITOR DE CHÃO P/ GANCHO - BRANCO/PRETO")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235491", "127")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235491", " 02 - unidades - EXPOSITOR COM LED FRENTE/VERSO")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235493", "128")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235493", " 01 unidades - LETREIRO COM LED - LINGERIE LED ROSA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235492", "129")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235492", " 01 unidade - LETREIRO ILUMINADO FRONTLIGHT - SHOP")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235494", "130")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235494", " 01 unidade -PLACA LUMINOSA DE TETO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235495", "131")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235495", " 01 unidades - PLACA ESPELHADA EM FERRO")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235498", "132")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235498", " 01 unidades - LETREIRO FRONTLIGHT COM CX METAL - BASICS")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235497", "133")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235497", " 01 unidades - PLACA EM ALTO RELEVO GIRLS")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235503", "134")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235503", " 01 unidades - LETREIRO NEON NOVO NA CX - DENIN")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235499", "135")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235499", " 01 unidades - LETREIRO FRONTLIGHT COM CX METAL - BASICS")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235500", "136")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235500", " 01 unidades - LETREIRO NEON NOVO NA CX - ACESSORIES")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235501", "137")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235501", " 01 unidades - LETREIRO FRONTLIGHT C/ CX METAL - DENIN")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235496", "138")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235496", " 01 unidades - LETREIRO NEON ROSA - LINGERIE NOVO")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235502", "139")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235502", " 01 unidades - LETREIRO NEON AZUL - C/ CX ACRILICA")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>