--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235957", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235957", " 4 EIXOS CARCAÇA PARA TRATOR/ 2 MANGAS DE EXO/ 2 PORTA PLANETÁRIA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235956", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235956", " 4 CJ. ABRIDORES DE LINHA PARA PULVERIZADOR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235958", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235958", " 24 CJ. RODA COMPACTADORA JUMIL")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235961", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235961", " 24 CJ. DISCO ADUBO PLANTADEIRA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235959", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235959", " 24 CJ. RODA COMPACTADORA V")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235974", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235974", " 24 CJ. FACÃO PLANTADEIRA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235970", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235970", " PEÇAS DIVERSAS DE PLANTADEIRA (POPIQUEIRA/SUPORTE PIPOQUEIRA/EMBREAGEM PLANTADEIRA)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235975", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235975", " CARCAÇA CAIXA DE TRANSMISSÃO COM EIXO E PONTA DE EIXO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.650,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235960", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235960", " PEÇAS DIVERSAS COLHEITADEIRA (ROSCAS SEM-FIM/LEITO/CONCAVOS/ALETAS/PENEIRAS/CHAPAS)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235962", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235962", " ALONGADORES PARA TRATOR")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235965", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235965", " LOTE DE 16 PNEUS AGRÍCOLAS DIVERSOS TAMANHOS E MARCAS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235976", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235976", " CALCARIADEIRA JAN")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235971", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235971", " PLANTADEIRA 1115 JOHN DEERE")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235964", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235964", " PLANTADEIRA IMASA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235967", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235967", " PLANTADEIRA JUMIL 2900")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235973", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235973", " PLANTADEIRA IMASA 2600")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235968", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235968", " PEÇAS DIVERSAS DE PULVERIZADOR (TANQUE DE AGUA, MISTURADOR DE CALDA, BARRAS)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235969", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235969", " SEMEADEIRA LANCER 1500")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>650.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235966", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235966", " SEMEADEIRA LANCER 3000")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...478 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235972", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/235972", " SEMEADEIRA LANCER 1200")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>