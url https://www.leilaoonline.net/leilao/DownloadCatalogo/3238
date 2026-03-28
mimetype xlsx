--- v0 (2025-10-23)
+++ v1 (2026-03-28)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236833", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236833", " Monitor Curvo Samsung ultrawide Odyssey G5 34" 1440p 165hz HDR (será vendido com pés originais)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236380", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236380", "Lote com: Aproximadamente 120 extintores ,caixas ,roupas, acessórios e 150 placas")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236381", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236381", "Lote com: Ferramentas manuais e elétricas - EPI's , etc. - caixas não inclusas")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236382", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236382", "Tripé com guincho manual")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236383", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236383", "[vídeo] Rebocador elétrico - Capacidade 2000Kg - Carregamento por empilhadeira")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236384", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236384", "[vídeo] Rebocador elétrico - Capacidade 2000Kg - Carregamento por empilhadeira")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236385", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236385", "Lote com: 02 ferramentas à pólvora")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236404", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236404", "Lote contendo diversos itens odontológicos e 400 limas")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236405", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236405", "Mangueiras em polietileno 12mm - aproximadamente 130 metros")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236406", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236406", "100 metros de mangueiras  PU 12x8 e 10x1,5 e 140 metros de mangueiras de ar")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236403", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236403", " Home Theater Sony 6.2 Canais str- K15000 com bluray ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236396", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236396", " Cafeteita gemini cs 220 pro")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236397", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236397", " Lote com: 05 cafeteiras")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236393", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236393", " [vídeo] Cafeteira tramontina Breville com moedor")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236395", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236395", " Lote com: Torradeiras, chapa, fogao, estufa")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236400", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236400", " Lote com: 26 filtros de linha. e  aproximadamente 150 cabos dvi vga hdmi outros")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236401", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236401", " Lote com: 15 luminárias, 5 suportes, 2 ponteiras em alumínio")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236394", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236394", " Lote com: 37 fitas vhs, 48 cartuchos de dados, playstation one, 2 cabos")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236402", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236402", " Lote com: 10 lixeiras de inox")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236398", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236398", " Lote com: 10 lixeiras de inox")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236399", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236399", " Lote com: 12 lixeiras de inox ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236837", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236837", " Forno e micro-ondas Conjugado -  TECNO TK 44 EX")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236836", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236836", " Caixa de som profissional")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236838", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236838", " Lote com: Monitor lg 23, lâmpada,celulares,tablet,telefones, 14 controles")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236839", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236839", " Lote com: Elíptico e 2 bolas")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237456", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237456", "Aparelhos de ginástica, pesos  e musculação")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236840", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236840", "Lote com: 05 impressoras")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237455", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237455", "Lote com: 12 projetores e 12 impressoras")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238414", "028")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238414", "Balcão em vidro - 2,80 metros")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238415", "029")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238415", "3 balanças digitais")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238416", "030")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238416", "[vídeo] Módulo com 13 prateleiras - 2,40x 0,93 x 0,40 cada - total 12,10 m - desmontados")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238417", "031")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238417", "3 cortinas de ar - funcionando")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...894 lines deleted...]
-      </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238418", "032")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238418", "2 Vitrines - medidas  1,65x0,65x0,40")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>