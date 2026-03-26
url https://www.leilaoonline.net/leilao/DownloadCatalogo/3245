--- v0 (2025-12-21)
+++ v1 (2026-03-26)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236846", "025")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236846", "veja o vídeo!! HONDA/HR-V EXL CVT; 2021/2021; CINZA; ALCO./GASOL. - FUNCIONANDO - APROX. 51.000KM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>87.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236861", "030")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236861", "veja o vídeo!! I/HONDA CR-V EXL; 2008/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236856", "035")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236856", "veja o vídeo!! CHEVROLET/CLASSIC LS; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236859", "040")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236859", "veja o vídeo!! HONDA/HR-V EX CVT; 2019/2020; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 45.200KM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>61.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236858", "045")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236858", "veja o vídeo!! CITROEN/C4CACTUS FEEL AT; 2021/2022; PRATA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 41.960KM")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>97</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>49.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236860", "050")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236860", "veja o vídeo!! RENAULT/DUSTER 16 D 4X2; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236855", "055")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236855", "veja o vídeo!! HONDA/FIT PERSONAL; 2018/2018; AZUL; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>56.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236854", "060")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236854", "HONDA/HR-V EXL CVT; 2021/2021; BRANCA; ALCO./GASOL. - FUNC. - IPVA 2024 OK - APROX. 41.380KM")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>81.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236848", "065")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236848", "veja o vídeo!! I/CHEV TRACKER PREMIER; 2017/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236844", "070")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236844", "FORD/FIESTA FLEX; 2009/2009; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236842", "075")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236842", "veja o vídeo!! JEEP/COMPASS TRAILHAWK D; 2020/2021; PRETA; DIESEL - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>107</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>90.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236841", "080")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236841", "I/VOLVO XC60 3.0TDYNAMIC; 2011/2011; CINZA; GASOLINA - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236843", "085")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236843", "veja o vídeo!! HONDA/HR-V LX CVT; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>56.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236845", "090")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236845", "veja o vídeo!! CHEVROLET/ONIX 1.4AT LTZ; 2017/2017; PRATA; ALCO./GASOL. - FUNCIONANDO - APROX. 67.800KM")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236851", "095")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236851", "veja o vídeo!! AUDI/A3 1.8T; 2003/2004; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236850", "100")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236850", "veja o vídeo!! HONDA/FIT LX CVT; 2016/2016; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...335 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236849", "105")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236849", "veja o vídeo!! I/M. BENZ SLK 250 CGI; 2014/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>149.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>2500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236852", "110")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236852", "veja o vídeo!! I/HONDA HR-V EX CVT; 2019/2019; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...94 lines deleted...]
-      </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236853", "115")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236853", "veja o vídeo!! HONDA/FIT EX CVT; 2018/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - IPVA 2024 OK")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236847", "120")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236847", "veja o vídeo!! I/HONDA CR-V EXL; 2010/2011; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237416", "125")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237416", "HYUNDAI/HB20S 1.6A PREM; 2014/2014; PRETA; ALCO./GASOL. - NÃO FUNCIONA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>