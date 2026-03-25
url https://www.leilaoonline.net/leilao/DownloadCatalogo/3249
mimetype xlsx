--- v0 (2025-11-03)
+++ v1 (2026-03-25)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236889", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236889", " CAMINHÃO COMPACTADOR 19 M3 - VOLKSVAGEN 17.280 CRM 6X2  - 2013 / 2014 NO ESTADO.  PLACA:  AYP1H61 CHASSI:  953658243ER417668 RENAVAM:  1014983638. KM:  477127.0KM OBS:  Veículo OK, estava operacional. VENDIDO NO ESTADO.  DETALHES: SINTESE ANEXO.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>167.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236888", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236888", " CAMINHÃO COMPACTADOR 15 M3 - VOLKSVAGEN 17.230 WORKER 4X2 - 2016 NO ESTADO.  PLACA:  GDA7F98 CHASSI:  9533G8249GR608169 RENAVAM:  1089342095. KM:  305.000 (aprox.) OBS:  SEM TACÓGRAFO. Vendido no estado em que se encontra. DETALHES: SINTESE ANEXO.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>169.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236890", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236890", " TRATOR AGRICOLA - VALMET 785 - 1998 NO ESTADO.  PLACA:  TP00073 OBS:  VENDIDO NO ESTADO EM QUE SE ENCONTRA. ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>68.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236891", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/236891", " ESCAVADEIRA HIDRAULICA - KOMATSU PC200 - 2010 NO ESTADO.  PLACA:  ESC0825 CHASSI:  B30849 OBS:  FALTA RODA GUIA (RODANTE) E PISTÃO SUPERIOR - MOTOR E COMANDOS OK - VENDIDO NO ESTADO EM QUE SE ENCONTRA.DETALHES: SINTESE ANEXO.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>102.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237725", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237725", "FIAT DUCATO MINIBUS, 2016 NO ESTADO.  PLACA:  GBB6C27 CHASSI:  93W244P2RG2159342 RENAVAM:  1088275823. KM:  155.840 OBS:  VEÍCULO ESTAVA OPERACIONAL, PORÉM PRECISA DE UMA REVISÃO EM GERAL. VENDIDO NO ESTADO EM QUE SE ENCONTRA. DETALHES: SINTESE ANEXO.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>