--- v0 (2025-10-29)
+++ v1 (2026-03-25)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237918", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237918", " GUINDASTE HYSTER CANARINHO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237901", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237901", " ROLO PÉ DE CARNEIRO COM LÂMINA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...10 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237898", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237898", " CARRINHO ELETRICO -DESMONTADO - SUCATA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237899", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237899", " CAÇAMBA - TRANSPORTE DE MATERIAL MARCA TOBATA TRAÇÃO 4x4")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237902", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237902", " GIRO ZERO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237909", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237909", " GIRO ZERO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237897", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237897", " TORRE ILUMINAÇÃO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237900", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237900", " CABINE DE CAMINHAO VW ANO 2008")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237904", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237904", " REBOQUE - ESTRUTURA DE PAINEL DE MENSAGEM VARIAVEL - ano 2010")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237910", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237910", " REBOQUE - ESTRUTURA DE PAINEL DE MENSAGEM VARIAVEL - Ano 2010")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237921", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237921", " CARRETINHA AGRICOLA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237920", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237920", " BOMBA DE ÁGUA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237905", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237905", " ROCADEIRA - ARRASTRO - DUPLA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237906", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237906", " ROCADEIRA - ARRASTRO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237915", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237915", " ROLO DE ARRASTO - pe de carneiro - DUPLO - MAREOTTI")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237908", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237908", " ROLO DE ARRASTO - PE De CARNEIRO -")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237923", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237923", " ROLO DE ARRASTO - LISO - SIMPLES")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237911", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237911", " MOTONIVELADORA XCMG ANO 2012")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237913", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237913", " MOTONIVELADORA CATERPILLAR MOD. 120B")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>9.800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237914", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237914", " MOTONIVELADORA DRESSER MOD. 205C")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237907", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237907", " FORA DE ESTRADA - SCANIA P400 B6X4 CS - ANO 2014/2014 ( SEM EMPLACAMENTO/SEM DOCUMENTO)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>40.200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237912", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237912", " CABINE DE MINI ESCAVADEIRA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237917", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237917", " APROX. 50 UNIDADES CONES DE SINALIZAÇÃO - BARRIL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237903", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237903", " APROX. 200 UNIDADES CONES DE SINALIZAÇÃO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237916", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237916", " GUINDASTE BUCYRUS ERIE 12 TON.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...74 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237922", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237922", " TANQUE COMBOIO LDA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237919", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237919", " MOTOR CUMMINS 6 CILINDROS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>14.800,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...606 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237924", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237924", " MOTOR SCÂNIA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>400.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>