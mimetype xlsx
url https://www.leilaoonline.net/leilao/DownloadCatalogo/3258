--- v0 (2025-11-29)
+++ v1 (2026-03-25)
@@ -269,4091 +269,3583 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237736", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237736", " Bancada de teste Wabco")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237863", "006")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237863", " BARRIL DE CARVALHO DE 200 LITROS. (VAZIO)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237866", "009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237866", "02 UN. RESERVATORIOS AGRICOLA 200LTS.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237741", "010")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237741", " Lote com Placas de Computador, processadores, roteadores, gabinetes de TV, cooler, modem, fontes, leitores de CD/DVD/ e leitores de cartão. Veja relação de itens.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237743", "011")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237743", " Lote com TVs, Placas de TVs, autofalantes de TVs, Placas de wi-fi, PLACA DE CAPTURA PIXEVIEW, e Placas Diversas. Veja relação de itens.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237733", "012")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237733", "1 contêiner de 6 mts")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>8.400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237748", "013")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237748", " Acessórios Diversos - Pós hospitalares - Vide relação em anexo. ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237767", "016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237767", " BARRIL DE CARVALHO DE 200 LITROS. CHEIOS DE CACHAÇA ENVELHECIDA A 4 ANOS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237864", "017")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237864", " BARRIL DE CARVALHO DE 200 LITROS. CHEIOS DE CACHAÇA ENVELHECIDA A 4 ANOS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237729", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237729", "Caixa de direção de paleteira. Sem teste")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237728", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237728", "Lote de manequins de fibra com avarias.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237759", "023")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237759", "APROX. 142 ITENS: IMPRESSORAS, MONITORES, SCANER. CONFIRA RELAÇÃO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238970", "024")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238970", "CÂMERA SONY ALPHA 6000 + LENTE SEL1650 16-50mm")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238971", "025")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238971", "LENTE SONY E50mm F1.8 OSS E-MOUNT")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238972", "027")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238972", " LENTE SONY SEL55210 55-210mm 4.5 6.3 OSS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237765", "029")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237765", " 01 UN. - MOTOR 10 HP 380/660")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237762", "032")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237762", " 01 UN. - MOTOR 10 HP 380/660")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237760", "038")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237760", " 02 FRITADEIRAS A GÁS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237763", "040")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237763", " 50 BONÉS SORTIDOS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237766", "041")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237766", " FORNO TURBO A GÁS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237764", "043")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237764", "120 COPOS (EMBALAGENS DE 8 UN DE LONG)")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237761", "044")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237761", " 80 COPOS (EMBALAGENS DE 8 UN DE LONG)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237798", "055")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237798", "CARRETINHA ESPETEIRA A GÁS - SEM PLACA - COM NOTA FISCAL")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237802", "056")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237802", " 1 CEDULEIRA / NOTEIRO (VENDING MACHINE) NO ESTADO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237800", "058")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237800", " CONJUNTO DE CHURRASCO ( 14 PÇS)   SUPORTE")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>155,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237801", "059")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237801", " CONJUNTO DE CHURRASCO ( 14 PÇS)   SUPORTE")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237803", "061")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237803", " 5 LAVADORAS - ACOMPANHA 5 MANGUEIRAS COM PISTOLA. SUCATA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237804", "062")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237804", " 5 LAVADORAS - ACOMPANHA 5 MANGUEIRAS COM PISTOLA. SUCATA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237799", "063")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237799", " 5 LAVADORAS - ACOMPANHA 5 MANGUEIRAS COM PISTOLA. SUCATA")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237808", "065")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237808", " Réchaud 3 cubas Eletrico 220v")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237820", "066")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237820", " Bomba inox com motor trifásico")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237810", "067")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237810", " Máquina de café /capuccino 110 v")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237805", "068")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237805", " 30 lâmpadas para abajur 110 e 220V")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237795", "070")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237795", "Transmissor de pressão Endress Hauser PMD75-5VV28/0")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237796", "071")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237796", "Medidor de vazão e interruptor. Mod. DS01")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237797", "072")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237797", "Transmissor de pressão Manométrica Marca SIEMENS. Mod: D-76181")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237757", "073")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237757", " BUFFET REFRIGERADO EM INOX C/ 3 GNS")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237756", "074")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237756", " TONERS DIVERSOS")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237755", "075")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237755", " ESCRIVANINHAS DIVERSAS DESMONTADAS")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237819", "080")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237819", " Prateleiras de aço")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237806", "087")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237806", " Injetora de poliuretano precisa de reparos")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237816", "088")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237816", " Abajur retratil   10 nichos")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237815", "089")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237815", " Dois projetores antigos")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237817", "090")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237817", " Caixa registradora ano 70")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237814", "091")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237814", " Suqueira antiga 110v")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237811", "092")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237811", " Máquina de sorvete e milk shake 220 v - sem teste no estado")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237813", "093")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237813", " Máquina de café /capuccino 110 v")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>220,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237818", "094")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237818", " 30 lâmpadas para abajur 110 e 220V")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237809", "095")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237809", " Sucata de carburadores aprox.50 peças")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237812", "096")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237812", " Marcador Eletrico 220 v")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237807", "097")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237807", " 6 unid.Base de tv")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237867", "098")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237867", "Conjunto de 4 bancos +Mesa refrigerada  220 v com balde  funcionando ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237821", "114")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237821", " Aprox.50 garrafas de vidro escuro")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237822", "115")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237822", " Sucata de fatiador de frios")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237824", "116")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237824", " 2 Mini tvs")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237827", "117")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237827", " Máquinas de datilografia")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237826", "118")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237826", " Bomba d’água")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237823", "120")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237823", " Sucata de compressor 5 unidades")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237825", "121")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237825", " Aprox.40 unidades de óculos 3 d Philco -sucata")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237830", "122")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237830", " Junker -15.5 litros no estado")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237828", "123")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237828", " 10 mecanismo universal de caixa descarga acoplada")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237829", "124")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237829", " 10 mecanismo universal de caixa descarga acoplada")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237832", "125")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237832", " 4 bicicletas sucata")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237831", "126")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237831", " Sucata compressor")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237833", "127")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237833", "Sucata de 2 gerador ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237738", "131")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237738", " Maquina de rebitar freio")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237737", "132")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237737", " Maquina de rebitar freio")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237739", "133")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237739", "01 bicicleta cargueira")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237734", "138")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237734", " 9 conjuntos de filtro combustível  Agco - Valtra")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237735", "139")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237735", " 7 filtros Tecfil  PSL523")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237868", "344")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237868", "29 GALÔES (28KG CADA) CLORETO DE CÁLCIO SOLUÇÃO 40% (REPOSIÇÃO DE CÁLCIO PERDIDO PELO LEITE DURANTE A PASTEURIZAÇÃO)")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237771", "345")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237771", "TINTA ASFALTICA VEDACIT - TAMBOR 200 LTS")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237770", "346")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237770", "TINTA ASFALTICA VEDACIT - TAMBOR 200 LTS")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237730", "347")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237730", " 4 telas de retroprojetores sendo: 2 com tripé e 2 sem")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237732", "348")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237732", " 6 luzes de emergência sendo 5 com baterias e 1 sem")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237753", "353")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237753", " ASPIRADOR DE PÓ MIDEA / SEM USO. SEM GARANTIA.")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237752", "354")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237752", " ASPIRADOR DE PÓ MIDEA / SEM USO. SEM GARANTIA.")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237754", "356")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237754", " ASPIRADOR DE PÓ MIDEA / SEM USO. SEM GARANTIA.")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237744", "3003")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237744", " Lote com Notebooks, placas mãe de notebooks e telas de notebook. Conforme relação de itens")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237742", "3004")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237742", " Lote de itens variados conforme relação.")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237747", "3005")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237747", " 1 Maquina de Costura Industrial Reta Bother, 1 Maquina de Costura de Braço Piffaf")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237746", "3006")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237746", " Lixadeira Para Acabamento Sapateiro 3 Pontas, Lixadeira Para Acabamento Sapateiro 6 Pontas e Compresseor Ferrari 24 l")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237749", "3007")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237749", " Forno Industrial Helmo a gás 350°")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237750", "3008")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237750", " Rampa de Madeira Para Treinamento de Fisioterapia com 3 degraus")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237745", "3009")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237745", " 2 Cadeiras de Rodas Infantil e 1 Cadeira de Rodas Adulto")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237751", "5002")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237751", " APROX. 670 KG DE TIRAS, GUIAS, PERFIS E MAIS. CONFORME ESPECIFICAÇÔES")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237790", "5003")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237790", " Cristo esculpido em madeira")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237776", "5005")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237776", " Mesa centenária em Imbuia")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237777", "5006")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237777", " Mesa de dormente com dois bancos")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237786", "5007")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237786", " 02 Balanças de sacaria com os pesos")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237783", "5008")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237783", " 05 Moedores fixados em madeira de lei. Sendo 3 maiores e 2 menores")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237780", "5009")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237780", " Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (A)")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237778", "5010")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237778", " Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (B)")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237787", "5011")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237787", " Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (C) ")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237781", "5012")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237781", " Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (D)")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237772", "5013")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237772", " Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (E)")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237782", "5014")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237782", " Balcão  em madeira de cruzeta, tampo móvel de azulejo cor azul marinho (F)")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237785", "5015")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237785", " Balança vermelha grande")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237789", "5016")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237789", " Balança marrom tam.medio")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237784", "5017")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237784", " Balança vermelha tam.medio")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237792", "5018")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237792", " Torradores de café (2 unidades)")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237769", "5022")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237769", " BARRIL DE CARVALHO DE 200 LITROS. CHEIOS DE CACHAÇA ENVELHECIDA A 4 ANOS")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237768", "5023")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237768", " BARRIL DE CARVALHO DE 200 LITROS. CHEIOS DE CACHAÇA ENVELHECIDA A 4 ANOS")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237791", "5026")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237791", " Pilão sem a mão")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237775", "5027")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237775", " Armário em madeira. Usado")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237788", "5029")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237788", " Arado")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237779", "5030")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237779", " Barril para decoração")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237774", "5035")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237774", "Chaise de Rafis indonésia. Usada (A)")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237794", "5036")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237794", "Chaise de Rafis indonésia. Usada (B)")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237773", "5038")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237773", " Lustre antigo em metal")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237793", "5039")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237793", " Carteira escolar antiga")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237844", "5040")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237844", " Máquina Vigorelli. Funcionando")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237846", "5041")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237846", " 04 Formas de tijolo comum")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237840", "5042")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237840", " Máquina escrever antiga")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237848", "5043")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237848", " Máquina escrever antiga")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237849", "5044")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237849", "Mesa de cabeceira em imbuia")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237841", "5045")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237841", " Par de mesas de cabeceira em Imbuia")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237842", "5046")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237842", " Quatro esculturas")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237847", "5047")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237847", " Rádio vitrola em Imbuia")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237843", "5049")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237843", " Mesa em imbuia com tampo de mármore. Medidas 75 x 90. Acompanha duas cadeiras em Imbuia")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237845", "5050")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237845", " Baú de madeira . Medidas 1,90 x 0,51 x 0,53")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237837", "6001")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237837", " Informática, Amperimetro, Cabos, Estabilizador, Fontes e mais. Veja Especificações.")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237838", "6002")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237838", " Parafusos e peças automotivas. Veja especificações")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237836", "6003")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237836", " Celulares antigos, Telefones, Máquinas Fotográficas, Rádio Relógios e mais. Veja especificações")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237839", "6005")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237839", " GPS GAMIN NUVI 7000  funcionando")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237835", "6006")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237835", " Bicicleta Ceci Originial ")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237834", "6007")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/237834", " Master System II Compact completo")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>