--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -269,5883 +269,5151 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239059", "1001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239059", "[ VÍDEO ] MINI RETROESCAVADEIRA JCB 1CX 2013 C 7900")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>96.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238809", "1002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238809", " CALDEIRA A LENHA HORIZONTAL COMPACTA MISTA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238810", "1005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238810", " CALDEIRA HORIZONTAL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238882", "1006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238882", "RIPPER D8T. PESO APROX. 4 T")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238885", "1008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238885", " MOTOR 3306")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>10.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238899", "1009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238899", "CABEÇOTE MOTOR 3406 CATERPILLAR")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238890", "1010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238890", " PERFURATRIZ DESMONTADA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238867", "1011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238867", " CABINE APLICAÇÃO EM TRATOR DE ESTEIRA D6T")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238973", "1012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238973", " REBOCADOR MARCA RUCKER OPERACIONAL")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238898", "1015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238898", " MOTOR 3066 PARCIAL ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238908", "1016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238908", " CONJUNTO DE BOMBAS 950G, DIREÇÃO, TRANSMISSÃO E HIDRAULICO ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238880", "1017")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238880", "TRANSMISSÃO D6")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238865", "1018")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238865", " EIXO DIFERENCIAL DIANTEIRO DE 966H")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238870", "1019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238870", " MOTOR CATERPILLAR C12 MARITIMO COMPLETO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238877", "1020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238877", " MOTOR 3306 NO ESTADO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238888", "1021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238888", "COMANDO HIDRÁULICO 345C NO ESTADO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238897", "1022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238897", " PACOTE COMPLETO D8N ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238902", "1023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238902", " TRANSMISSÃO D6N ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238975", "1024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238975", "MOTOR CUMMINS SERIE C- BLOCO, VIRABREQUIM E CABEÇOTE")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238895", "1026")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238895", " RADIADOR COMPLETO VOLVO L120E AGUA ÓLEO E INTERCOOLER ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238918", "1027")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238918", " LAMINA E O U D6M")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238860", "1028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238860", " RADIADOR COMPLETO DA PA CARREGADEIRA 950G")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238862", "1029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238862", " EIXO DIFERENCIAL TRASEIRO DA 950G")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239677", "1030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239677", "1 COMANDO FINAL COMPLETO D8K")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238868", "1031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238868", " EIXO DIFERENCIAL DIANTEIRO DE PÁ CARREGADEIRA CATERPILLAR 950G")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238873", "1032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238873", "01 COMANDO DE TRAÇÃO DE CAT 320B,C E D")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238974", "1033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238974", "CABINE FECHADA PARA PÁ CARREGADEIRA DIVERSA")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238891", "1034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238891", " [ LANCES POR KG ] CONCHA 345C. APROX. 4 T")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1,60</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238907", "1036")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238907", " MOTOR DE GIRO 345C ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238910", "1037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238910", " REDUTOR DE GIRO CAT330 ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238821", "1038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238821", " COMANDO DA TRANSMISSÃO 924, 938 ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238864", "1040")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238864", " CABINE PÁ CARREGADEIRA 924G")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238883", "1041")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238883", "RADIADOR D8K")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238886", "1042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238886", " TRANSMISSAO DE D4D TORC")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238849", "1043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238849", " CAÇAMBA WA320")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238889", "1044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238889", "COROA DE GIRO 345C")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238893", "1045")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238893", " LOTE DE VIRABREQUIM 3306. MEDIDAS: M 0.40, B 0.30 - 0.25 TUDO - 0.10 TUDO - 0.20 TUDO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238896", "1046")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238896", " BLOCO 3306 COM PLACA ESPAÇADORA ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238905", "1048")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238905", " BLOCO E CABEÇOTE MOTOR PERKINS 416 ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238861", "1055")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238861", " PAR DE RODAS DA PA CARREGADEIRA 950G 23X5/25, 20 FUROS")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238874", "1056")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238874", " PAR DE RODAS DA PA CARREGADEIRA 966H 20X5/25")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238953", "1058")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238953", " CAÇAMBA DA 950G")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238879", "1059")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238879", "CABINE DA VOLVO VAZIA L60, L70, L90, L120")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238812", "1060")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238812", " ROLETES MEIA VIDA 345C LOTE")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238892", "1061")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238892", " CABINE VOLVO EC210 VAZIA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238894", "1063")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238894", " RADIADOR 320B AGUA E ÓLEO ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238814", "1064")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238814", " BOMBA DA TRANSMISSÃO D6T ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238903", "1065")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238903", " BLOCO E VIRABREQUIM COM MANCAL 3306 ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238906", "1066")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238906", " GRUPO DE VALVULA VOLVO 210 ")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238819", "1067")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238819", " COMANDO DIRECIONAL D8N ")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238869", "1068")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238869", " CAPÔ PA CARREGADEIRA CAT 966H")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238811", "1070")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238811", " COMANDO HIDRÁULICO PC150 SÉRIE 3")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238851", "1071")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238851", " WATER COOLER 345")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238817", "1072")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238817", " COMANDO HIDRAULICO VOLVO L120 ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238912", "1074")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238912", " MOTOR DE HÉLICE E CARENAGEM VOLVO L120 ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238913", "1075")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238913", " BOMBA HIDRAULICA D6T ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238850", "1076")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238850", " RADIADOR HIDRÁULICO 345C")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238823", "1077")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238823", " CABINE KOMATSU PC200 VAZIA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238824", "1078")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238824", " CABINE CAT 320BL VAZIA")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238915", "1079")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238915", " CAIXA REDUTORA PARA ROLO CG-11 NO ESTADO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238917", "1080")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238917", " RIPPER D65")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238919", "1081")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238919", " CONCHA COMPLETA COM H E PISTOES CASE W7")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238921", "1082")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238921", " TRANSMISSÃO JCB 3C ANO 2007")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238818", "1083")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238818", " COMANDO DA TRANSMISSÃO 950G ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238916", "1084")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238916", " EIXO TRASEIRO CASE W7 NO ESTADO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238922", "1085")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238922", "1 PNEU 14.00/24 USADO ESTEPE")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238855", "1086")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238855", " RADIADOR DE ÁGUA E ÓLEO FX215")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238806", "1087")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238806", "[ VÍDEO ] COROA DE GIRO FIATALLIS FX215")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238856", "1088")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238856", "CABINE PC200 ")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238857", "1089")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238857", " RADIADOR ESCAVADEURA 320BL")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238866", "1090")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238866", " BRAÇO STICK DE CAÇAMBA PARA 950G")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238872", "1093")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238872", " CABINE PARA ESCAVADEIRA CATERPILLAR 315B E 320B")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238875", "1094")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238875", " EIXO DIANTEIRO RETRO 416E SIMPLES")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238878", "1097")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238878", "EIXO DIANTEIRO CAT 416E 4x2")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238813", "1098")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238813", " ESTEIRA LADO DIREITO 312D ")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238900", "1100")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238900", " RADIADOR HIDRÁULICO 924G ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238815", "1102")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238815", " RADIADOR DE ÁGUA 924G ")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238816", "1103")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238816", " COMANDO HIDRAULICO 950G ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238904", "1104")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238904", " BOMBA DE HÉLICE 950G ")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238909", "1105")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238909", " BOMBA DE ALTA 3126B ")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238820", "1106")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238820", " BOMBA DE HÉLICE CAT 330 ")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238911", "1107")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238911", " BOMBA HIDRAULICA JCB ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238822", "1108")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238822", " BOMBA DIRECIONAL D8N ")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238825", "1109")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238825", " CABINE 721C VAZIA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238914", "1110")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238914", " EIXO DIANTERIO CASE W7 NO ESTADO")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238827", "1111")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238827", " COROA DE GIRO KOMATSU PC-220 NO ESTADO")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238807", "1115")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238807", " 2 RODA GUIA DE ACABADORA VOGELLI 14AB/AB500")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238808", "1116")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238808", " PISTÃO DO CAIXOTE 621S")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238858", "1117")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238858", "RADIADOR VOLVO M10")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238859", "1118")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238859", "RADIADOR DO TEMA TERRA  SP255")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238871", "1119")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238871", " PAR DE EIXO DIANTEIRO E TRASEIRO ROLO MULLER TI18")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238876", "1120")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238876", " CONCHA TRAZEIRA JCB 3C")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238854", "1121")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238854", " MOTO BOMBA MOTOR TOYAMA ")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238826", "1122")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238826", " CAIXA COM DIVERSAS LONAS DE FREIO")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238976", "1125")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238976", " ROLO COMPACTADOR DYNAPAC LR100")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238948", "1126")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238948", " 2 COMANDO FINAL 345C NO ESTADO")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238947", "1128")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238947", " RADIADOR COMPLETO COM ELICE E TUDO 345C")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238952", "1130")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238952", " MOTOR CUMMINS SERIE C PARCIAL DESMONTADO- BLOCO, VIRABREQUIM E CABEÇOTE RETIFICADO")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238950", "1131")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238950", " TRANSMISSÃO COMPLETA 966H ")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238946", "1132")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238946", " 2 COMANDO FINAL PC150 SERIE 3 NO ESTADO")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238945", "1133")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238945", " COMANDO FINAL UNITARIO VOLVO 210")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238943", "1134")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238943", "1 REDUTOR DE TRAÇÃO DA FIATALLIS FX215")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238949", "1135")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238949", " GERADOR DE TORRE DE ILUMINAÇÃO NO ESTADO")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238951", "1136")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238951", " CONVERSOR DO TORQUE DE D6 ")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238944", "1137")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238944", " MOTOR MERCEDES OM352")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238954", "1138")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238954", " RADIADOR DE ÁGUA 345C")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238928", "1141")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238928", " MOTOR INTERNACIONAL JCB   (PARCIAL)")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238924", "1142")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238924", " CONVERSOR JCB")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238829", "1143")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238829", " RODA MOTRIZ D4")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238925", "1144")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238925", " CARA DE CAVALO JCB")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238929", "1145")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238929", " COROA D4")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238828", "1146")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238828", " EIXO DIANTEIRO jCB")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238930", "1148")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238930", " MOTOR 3306 PARCIAL  ")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238852", "1149")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238852", "MOTOR DE GIRO COM SEGUIMENTO PATROL120B")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238853", "1150")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238853", "CAIXA DO HIDRUALICO PATROL 120B")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238956", "1151")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238956", "RADIADOR HIDRÁULICO HYUNDAI 757")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238957", "1152")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238957", "TRANSMISSÃO 966H NO ESTADO")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238926", "1155")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238926", " MOTOR DE GIRO 320BL  ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238836", "1156")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238836", " CARCAÇA DO CONVERSOR D8N")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238831", "1157")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238831", " CAPA DO ESTICADOR DE ESTEIRA D8N")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238955", "1158")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238955", " [ LANCES POR KG ] DIVERSOS EIXOS (APROX. 3.000 KG)")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1,40</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238927", "1159")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238927", " MOTOR DE GIRO PC150 SERIE 3  ")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238833", "1164")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238833", " CAPA DO COMANDO FINAL D4")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238931", "1166")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238931", " ENGRENAGENS COMPLETA DO TUNDER DA UBERWACO")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238835", "1167")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238835", " TETO JCB")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238837", "1171")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238837", " PAINEL D4E  ")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238839", "1172")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238839", " RODA GUIA AKERMAN")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238834", "1174")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238834", " RODA GUIA D8N")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238840", "1176")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238840", " CONJUNTO DE MOLAS VOGELE")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238842", "1177")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238842", " COMANDO HIDRÁULICO 312D  ")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238936", "1178")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238936", " PAR DE ESTEIRAS DA 977")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238937", "1179")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238937", " MOTOR C-12 MARÍTIMO PARCIAL  ")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238934", "1180")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238934", " MOTOR C-12 MARÍTIMO PARCIAL  ")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238938", "1181")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238938", " EIXO TRASEIRO JCB")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238935", "1182")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238935", " COMANDO HIDRÁULICO TRASEIRO JCB  ")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238846", "1184")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238846", " PACOTE DE D6  ")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238940", "1186")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238940", " CONVERSOR DA RETRO 416  ")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238933", "1187")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238933", " BOMBA HIDRÁULICA VOGELE  ")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238844", "1188")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238844", " CONJUNTO DE FILTRO 345C  ")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238941", "1189")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238941", " BOMBA HIDRÁULICA D6  ")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238847", "1190")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238847", " BOMBA HIDRÁULICA D4  ")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238942", "1191")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238942", " COMANDO HIDRÁULICO TRASEIRO RETRO 420")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238932", "1192")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238932", " COMANDO HIDRÁULICO DIANTEIRO RETRO 420")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238845", "1194")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238845", " COROA E PINHÃO DO REDUTOR D6  ")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238848", "1196")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238848", " CAPA SECA E VOLANTE CASE 721  ")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239050", "2000")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239050", " MOTOR DE GIRO PC150")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239054", "2001")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239054", "COMANDO HIDRÁULICO CASE 721, W20")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239049", "2002")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239049", " 1 RADIADOR CAT 930R NO ESTADO")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239048", "2003")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239048", " 1 BRAÇO DE ARRASTE CAT 420, 416")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239040", "2004")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239040", " 1 BRAÇO DE ARRASTE JCB")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239052", "2005")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239052", " 1 BRAÇO COM CONCHA 312 D")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239038", "2006")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239038", " CAPÔ SEMI NOVO CAT 420")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239044", "2007")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239044", " BOMBA HIDRAULICA KOMATSU D61")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239058", "2009")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239058", "COMPRESSOR DE AR 3306")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239039", "2010")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239039", " RADIADOR DE AGUA E OLEO D6")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239051", "2011")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239051", " RADIADOR DE AGUA CAT 924G NO ESTADO")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239042", "2012")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239042", " CHASSI COM H CAT 416")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239043", "2013")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239043", " EIXO DIANTEIRO PATROL 120B")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239045", "2014")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239045", " TRANSMISSÃO MAIS A TRASEIRA COMPLETA D61. PESO APROX. 4 T")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239041", "2015")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239041", " LAMINA EM BOM ESTADO DE CONSERVAÇÃO PATROL 120B")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239046", "2016")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239046", " CIRCULO LARGO PATROL 120B COM EIXO DE DESLOCAMENTO EM OTIMO ESTADO")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239047", "2017")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239047", " MOTOR DIRECIONAL D6T NO ESTADO")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239060", "2018")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239060", "02 CAVALETES E 02 TAMPAS DE CAVALETE D6D")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239665", "2019")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239665", " 2 RODAS COM PNEU CAT 930 R")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239668", "2020")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239668", " 2 RODAS COM PNEU CAT 930 R")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239666", "2021")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239666", " DIFERENCIAL TRASEIRO CAT 930 R")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239669", "2022")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239669", " DIFERENCIAL DIANTEIRO CAT 930 R")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239673", "2023")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239673", " H DA CONCHA COMPLETO CAT 930 R")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239667", "2024")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239667", " CONCHA CAT 930 R")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239670", "2025")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239670", " PAR DE PISTÃO DA ELEVAÇÃO CAT 930 R NO ESTADO")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239671", "2026")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239671", " PAR DE PISTÃO DE INCLINAÇÃO CAT 930 R NO ESTADO")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239675", "2027")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239675", " PAR DE PISTÃO DE DIREÇÃO CAT 930 R NO ESTADO")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239674", "2028")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239674", " DIREÇÃO COMPLETA COM ORBITROL CAT 930 R")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239662", "2029")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239662", "TANQUE HIDRAULICO CAT 930 R")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239672", "2030")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239672", " CAIXA DE CAMBIO D4D")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239061", "2031")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239061", "REDUTOR DE ESCARIFICADOR 120B")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239663", "2032")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239663", "1 PNEU 14.00\24 SEMINOVO ")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239664", "2033")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239664", "RODA ARO 24 USADA PATROL 120B")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239678", "2034")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239678", " TANQUE HIDRAULICO CAT 966H NO ESTADO")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239681", "2035")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239681", " UMA RODA 966H")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239680", "2036")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239680", " UMA RODA 950G")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239679", "2037")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239679", " UMA RODA WA320")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239682", "2038")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239682", " UMA RODA UBER WACO")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>