--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238097", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238097", " 05 UNIDADES ESTANTE/PRATELEIRA DE AÇO - MODELO MODULAR")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238088", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238088", " 05 UNIDADES ESTANTE/PRATELEIRA DE AÇO - MODELO MODULAR")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238093", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238093", " 05 UNIDADES ESTANTE/PRATELEIRA DE AÇO - MODELO MODULAR")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238086", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238086", " 05 UNIDADES MESA ERGONÔMICA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238074", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238074", " 05 UNIDADES MESA ERGONÔMICA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238100", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238100", " 05 UNIDADES MESA ERGONÔMICA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238081", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238081", " 04 UNIDADES ARMÁRIO GUARDA VOLUMES")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238082", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238082", " 04 UNIDADES ARMÁRIO GUARDA VOLUMES")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238099", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238099", " 04 UNIDADES ARMÁRIO GUARDA VOLUMES")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238083", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238083", " 05 UNIDADES ARMÁRIO MULTIUSO - RICCO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238085", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238085", " 05 UNIDADES ARMÁRIO MULTIUSO - RICCO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...110 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238075", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238075", " 03 UNIDADES ARMÁRIO DE CHÃO - RICCO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238094", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238094", " 03 UNIDADES ARMÁRIO DE CHÃO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238101", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238101", " 05 UNIDADES GAVETEIRO RONLANTE - RICCO - 03 GATEVAS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238091", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238091", " MAPOTECA PANDIN - 05 GAVETAS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238098", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238098", " MAPOTECA PANDIN - 10 GAVETAS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238084", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238084", " 02 UNIDADES COIFA COM MOTOR")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238080", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238080", " 05 UNIDADES ARMÁRIO EM MADEIRA DE CHÃO - BOTICÁRIO 5 PORTAS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238090", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238090", " 05 UNIDADES ARMÁRIO EM MADEIRA DE CHÃO - BOTICÁRIO 05 PORTAS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238078", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238078", " 04 UNIDADES CADEIRA GIRATÓRIA LINHA TEKION - RICCO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...25 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238077", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238077", " 04 UNIDADES CADEIRA GIRATÓRIA LINHA TASK - RICCO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...20 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238076", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238076", " GABINETE DE MADEIRA - 02 MÓDULOS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...180 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238096", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238096", " 02 UNIDADES MESA PARA REUNIÃO - RICCO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238419", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/238419", "02 UNIDADES MESA PARA REUNIÃO - RICCO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>