--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -269,4987 +269,4367 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240378", "1006")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240378", "RIPPER D8T. PESO APROX. 4 T")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240380", "1008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240380", " MOTOR 3306")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>9.800,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240391", "1009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240391", "CABEÇOTE MOTOR 3406 CATERPILLAR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240367", "1011")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240367", " CABINE APLICAÇÃO EM TRATOR DE ESTEIRA D6T")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240437", "1012")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240437", " REBOCADOR MARCA RUCKER OPERACIONAL")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240390", "1015")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240390", " MOTOR 3066 PARCIAL ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240398", "1016")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240398", " CONJUNTO DE BOMBAS 950G, DIREÇÃO, TRANSMISSÃO E HIDRAULICO ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240377", "1017")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240377", "TRANSMISSÃO D6")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240365", "1018")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240365", " EIXO DIFERENCIAL DIANTEIRO DE 966H")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240370", "1019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240370", " MOTOR CATERPILLAR C12 MARITIMO COMPLETO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240375", "1020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240375", " MOTOR 3306 NO ESTADO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240382", "1021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240382", "COMANDO HIDRÁULICO 345C NO ESTADO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240393", "1023")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240393", " TRANSMISSÃO D6N ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>7.600,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240388", "1026")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240388", " RADIADOR COMPLETO VOLVO L120E AGUA ÓLEO E INTERCOOLER ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240363", "1028")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240363", " RADIADOR COMPLETO DA PA CARREGADEIRA 950G")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5.800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240368", "1031")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240368", " EIXO DIFERENCIAL DIANTEIRO DE PÁ CARREGADEIRA CATERPILLAR 950G")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240438", "1033")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240438", "CABINE FECHADA PARA PÁ CARREGADEIRA DIVERSA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240397", "1036")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240397", " MOTOR DE GIRO 345C ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240400", "1037")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240400", " REDUTOR DE GIRO CAT330 ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240379", "1041")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240379", "RADIADOR D8K")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240381", "1042")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240381", " TRANSMISSAO DE D4D TORC")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240383", "1044")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240383", "COROA DE GIRO 345C")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240389", "1046")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240389", " BLOCO 3306 COM PLACA ESPAÇADORA ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240395", "1048")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240395", " BLOCO E CABEÇOTE MOTOR PERKINS 416 ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240432", "1058")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240432", " CAÇAMBA DA 950G")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240376", "1059")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240376", "CABINE DA VOLVO VAZIA L60, L70, L90, L120")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240327", "1060")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240327", " ROLETES MEIA VIDA 345C LOTE")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240386", "1061")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240386", " CABINE VOLVO EC210 VAZIA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240387", "1063")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240387", " RADIADOR 320B AGUA E ÓLEO ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240328", "1064")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240328", " BOMBA DA TRANSMISSÃO D6T ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240396", "1066")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240396", " GRUPO DE VALVULA VOLVO 210 ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240369", "1068")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240369", " CAPÔ PA CARREGADEIRA CAT 966H")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240326", "1070")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240326", " COMANDO HIDRÁULICO PC150 SÉRIE 3")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240355", "1071")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240355", " WATER COOLER 345")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240402", "1074")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240402", " MOTOR DE HÉLICE E CARENAGEM VOLVO L120 ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240403", "1075")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240403", " BOMBA HIDRAULICA D6T ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240354", "1076")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240354", " RADIADOR HIDRÁULICO 345C")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240334", "1077")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240334", " CABINE KOMATSU PC200 VAZIA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240335", "1078")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240335", " CABINE CAT 320BL VAZIA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240405", "1079")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240405", " CAIXA REDUTORA PARA ROLO CG-11 NO ESTADO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240406", "1080")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240406", " RIPPER D65")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240408", "1081")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240408", " CONCHA COMPLETA COM H E PISTOES CASE W7")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240330", "1083")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240330", " COMANDO DA TRANSMISSÃO 950G ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240409", "1085")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240409", "1 PNEU COM RODA 14.00/24 USADO ESTEPE")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240358", "1086")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240358", " RADIADOR DE ÁGUA E ÓLEO FX215")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240321", "1087")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240321", "[ VÍDEO ] COROA DE GIRO FIATALLIS FX215")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240359", "1088")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240359", "CABINE PC200 ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240366", "1090")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240366", "LINK DE ARTICULAÇÃO DA CAÇAMBA 950G")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240371", "1093")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240371", " CABINE PARA ESCAVADEIRA CATERPILLAR 315B E 320B")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240373", "1094")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240373", " EIXO DIANTEIRO RETRO 416E SIMPLES")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240392", "1100")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240392", " RADIADOR HIDRÁULICO 924G ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240329", "1103")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240329", " COMANDO HIDRAULICO 950G ")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240394", "1104")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240394", " BOMBA DE HÉLICE 950G ")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240399", "1105")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240399", " BOMBA DE ALTA 3126B ")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240332", "1106")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240332", " BOMBA DE HÉLICE CAT 330 ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240401", "1107")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240401", " BOMBA HIDRAULICA JCB ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240333", "1108")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240333", " BOMBA DIRECIONAL D8N ")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240336", "1109")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240336", " CABINE 721C VAZIA")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240338", "1111")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240338", " COROA DE GIRO KOMATSU PC-220 NO ESTADO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240361", "1117")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240361", "RADIADOR VOLVO N10")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240362", "1118")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240362", "RADIADOR DO TEMA TERRA  SP255")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240357", "1121")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240357", " MOTO BOMBA MOTOR TOYAMA ")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240440", "1125")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240440", " ROLO COMPACTADOR DYNAPAC LR100")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240430", "1131")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240430", " TRANSMISSÃO COMPLETA 966H ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240426", "1132")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240426", " 2 COMANDO FINAL PC150 SERIE 3 NO ESTADO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240425", "1133")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240425", "REDUTOR DE TRAÇÃO VOLVO 210")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240423", "1134")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240423", "1 REDUTOR DE TRAÇÃO DA FIATALLIS FX215")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240429", "1135")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240429", "GERADOR DE ILUMINAÇÃO NO ESTADO")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240424", "1137")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240424", " MOTOR MERCEDES OM352")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240433", "1138")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240433", " RADIADOR DE ÁGUA 345C")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240410", "1142")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240410", " CONVERSOR JCB")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240339", "1146")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240339", " EIXO DIANTEIRO jCB")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240356", "1149")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240356", "MOTOR DE GIRO COM SEGUIMENTO PATROL120B")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240435", "1151")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240435", "RADIADOR HIDRÁULICO HYUNDAI 757")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240436", "1152")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240436", "TRANSMISSÃO 966H NO ESTADO")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240411", "1155")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240411", " MOTOR DE GIRO 320BL  ")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240434", "1158")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240434", " [ LANCES POR KG ] DIVERSOS EIXOS (APROX. 3.000 KG)")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>1,60</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240412", "1159")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240412", " MOTOR DE GIRO PC150 SERIE 3  ")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240414", "1166")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240414", " ENGRENAGENS COMPLETA DO TUNDER DA UBERWACO")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240344", "1167")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240344", " TETO JCB")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240348", "1177")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240348", " COMANDO HIDRÁULICO 312D  ")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240419", "1179")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240419", " MOTOR C-12 MARÍTIMO PARCIAL  ")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240417", "1180")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240417", " MOTOR C-12 MARÍTIMO PARCIAL  ")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240420", "1181")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240420", " EIXO TRASEIRO JCB")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240418", "1182")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240418", " COMANDO HIDRÁULICO TRASEIRO JCB  ")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240350", "1184")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240350", " PACOTE DE D6  ")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240422", "1191")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240422", " COMANDO HIDRÁULICO TRASEIRO RETRO 420")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240415", "1192")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240415", " COMANDO HIDRÁULICO DIANTEIRO RETRO 420")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240452", "2001")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240452", "COMANDO HIDRÁULICO CASE 721, W20")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240448", "2002")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240448", " 1 RADIADOR CAT 930R NO ESTADO")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240447", "2003")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240447", " 1 BRAÇO DE ARRASTE CAT 420, 416")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240451", "2005")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240451", " 1 BRAÇO COM CONCHA 312 D")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240441", "2006")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240441", " CAPÔ SEMI NOVO CAT 420")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240444", "2007")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240444", " BOMBA HIDRAULICA KOMATSU D61")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240453", "2009")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240453", "COMPRESSOR DE AR CAT 966C E 966R")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240450", "2011")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240450", " RADIADOR DE AGUA CAT 924G NO ESTADO")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240443", "2013")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240443", " EIXO DIANTEIRO PATROL 120B")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240442", "2015")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240442", "LAMINA DESLIZANTE PATROL 120B")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240445", "2016")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240445", " CIRCULO LARGO PATROL 120B COM EIXO DE DESLOCAMENTO EM OTIMO ESTADO")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240446", "2017")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240446", " MOTOR DIRECIONAL D6T NO ESTADO")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240462", "2025")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240462", "UM PISTÃO DE ELEVAÇÃO E DOIS DE INCLINAÇÃO CAT 930R")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240466", "2028")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240466", " DIREÇÃO COMPLETA COM ORBITROL CAT 930 R")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240464", "2030")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240464", " CAIXA DE CAMBIO D4D")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240455", "2031")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240455", "REDUTOR DE ESCARIFICADOR 120B")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240457", "2033")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240457", "RODA ARO 24 USADA PATROL 120B")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240472", "2035")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240472", " UMA RODA 966H")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240471", "2036")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240471", " UMA RODA 950G")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240470", "2037")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240470", " UMA RODA WA320")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240473", "2038")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240473", " UMA RODA UBER WACO")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240515", "3000")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240515", " H DA CONCHA WA320")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240518", "3001")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240518", " UM REDUTOR DE TRAÇÃO CAT 345C")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240516", "3002")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240516", " PISTÃO DA CONCHA CAT 330")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240519", "3003")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240519", " PAR DE PISTÃO DO LEVANTE DA CONCHA CAT 950G")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240538", "3004")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240538", " EIXO COMPLETO 966C NO ESTADO")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240530", "3005")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240530", " UM REDUTOR DE TRAÇÃO VOLVO 210")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240517", "3006")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240517", " UMA RODA GUIA COM MOLA CAT 330")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240540", "3007")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240540", " UMA RODA GUIA COM MOLA VOLVO 210")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240543", "3008")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240543", " RADIADOR COMPLETO FG 85")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240531", "3010")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240531", " V COM REDUTOR E MOTOR FG85")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240520", "3011")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240520", "COROA DE GIRO COM LÂMINA DESLIZANTE E PISTÃO FG85")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240534", "3013")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240534", " PAR DE PISTÕES DO LEVANTE FG85")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240537", "3014")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240537", " UM EIXO DIANTEIRO FG85")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240522", "3015")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240522", " 1 RODA COM PNEU FG85")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240536", "3016")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240536", " CABINE VAZIA FG 85")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240528", "3017")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240528", " PAR DE PISTÃO GÊMEOS ESCAVADEIRA VOLVO 210")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240521", "3018")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240521", " PAR DE PISTÃO DO LEVANTE CARREGADEIRA 721C")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240523", "3019")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240523", " PAR DE PISTÃO GÊMEOS ESCAVADEIRA PC 150")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240541", "3020")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240541", " PISTÃO DO STICK ESCAVADEIRA PC 150")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240542", "3021")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240542", " TROCADOR DE CALOR 966H")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240524", "3022")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240524", " PTO VOLVO G940")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240535", "3023")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240535", " MOTOR DE GIRO CAT 320B NO ESTADO")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240529", "3024")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240529", " CAIXA DE FERRAMENTA VOLVO 210")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240525", "3025")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240525", " RADIADOR DE AGUA CAT 312D")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240533", "3026")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240533", " WATER COOLER CAT 312D")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240527", "3027")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240527", " MOTOR OM352 NO ESTADO")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240526", "3028")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240526", " TRASEIRA COMPLETA CAT 977")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240545", "3029")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240545", " UM PISTÃO DA LAMINA D8N E D8T")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240544", "3030")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240544", " MOTOR PERKINS 6 CILINDROS FUNCIONANDO")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240546", "3031")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240546", " UMA RODA COM PNEU FG85")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240549", "3032")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240549", " TRATOR DE ESTEIRA CATERPILLAR D9H COM MOTOR 3408 OPERACIONAL")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240547", "3033")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240547", " CONVERSOR DE TORQUE D8K")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240550", "3034")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240550", " MOTOR VOLVO D6 PARCIAL")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240548", "3035")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240548", " CONVERSOR DE TORQUE D6T PARCIAL DESMONTADO")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240551", "3036")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240551", " CABINE JCB VAZIA")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240552", "3037")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240552", " CABINE COM TANQUE PATROL 120B")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240553", "3038")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240553", " 2 PNEUS 17.5\25")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240554", "3039")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240554", " 2 PNEUS 17.5\25")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240555", "3040")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240555", " BOMBA HIDRAULICA PC 150")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240650", "3041")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240650", "  02 COMANDOS HIDRÁULICOS, FILTRO E BURRINHO DE FREIO PATROL FG85")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240651", "3042")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240651", " UM COMANDO FINAL PERFURATRIZ ROCK DRILL PW 5.000")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240654", "3043")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240654", " 2 COMANDO HIDRÁULICO PERFURATRIZ ROCK DRILL PW 5.000")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240652", "3044")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240652", " LÂMINA TRATOR DE ESTEIRA D65")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240655", "3045")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240655", " RIPPER PATROL FG85")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240653", "3046")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240653", " PAR DE PATOLA JCB")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240656", "3047")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240656", " CARA DE CAVALO JCB")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>