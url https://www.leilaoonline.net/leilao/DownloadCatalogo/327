--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,4123 +269,3611 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14756", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14756", " SOBRESSALENTES DIVERSOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14758", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14758", " EPIs, UNIFORMES E DIVERSOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14762", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14762", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS, UND BENALCOOL")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14774", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14774", " PRODUTOS QUÍMICOS DIVERSOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14760", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14760", " COMPONENTES DE VEDAÇÃO, UND BENALCOOL")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14773", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14773", " VALVULAS AUTOMATICAS, DE SEGURANÇA, MANUAIS E ACESSORIOS, UND BENALCOOL  ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14775", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14775", " TRANSFORMADORES, EQUIPAMENTOS E COMPONENTES ELÉTRICOS E ELETRÔNICOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>3.650,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14757", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14757", " ROLAMENTOS E ACESSÓRIOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14759", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14759", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ E SCANIA, UND BENALCOOL")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14766", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14766", " PEÇAS E COMPONENTES PARA TRATORES VALTRA, JOHN DEERE E CARREGADEIRAS, UND BENALCOOL")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14761", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14761", " SOBRESSALENTES DIVERSOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14765", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14765", " MATERIAIS DE FIXAÇÃO, UND BENALCOOL")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14763", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14763", " CHAPAS, CONEXÕES E TUBOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14772", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14772", " PRODUTOS QUÍMICOS DIVERSOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14771", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14771", " EPIs, UNIFORMES E DIVERSOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14768", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14768", " ELETRODOS E MATERIAIS DE SOLDAGEM, UND BENALCOOL")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14764", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14764", " VALVULAS AUTOMATICAS,  MANUAIS E ACESSORIOS, UND BENALCOOL  ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14769", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14769", " TRANSFORMADORES, EQUIPAMENTOS E COMPONENTES ELÉTRICOS E ELETRÔNICOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14767", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14767", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS, UND BENALCOOL")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14770", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14770", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS, UND BENALCOOL")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14778", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14778", " COMPONENTES DE VEDAÇÃO, UND BENALCOOL")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14780", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14780", " ROLAMENTOS E MANCAIS, UND BENALCOOL")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14779", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14779", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ E SCANIA E OUTROS, UND BENALCOOL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14776", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14776", " PEÇAS E COMPONENTES PARA TRATORES DIVERSAS MARCAS, UND BENALCOOL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14777", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14777", " PEÇAS E COMPONENTES PARA COLHEDORAS DIVERSAS MARCAS, UND BENALCOOL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14781", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14781", " SOBRESSALENTES DIVERSOS, UND BENALCOOL")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>9.650,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14783", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14783", " PEÇAS E COMPONENTES PARA REBOQUES E CARROCERIAS, UND GASA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14782", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14782", " BARRAS E CONEXÕES, UND GASA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14786", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14786", " ELETRODOS E MATERIAIS DE SOLDAGEM, UND GASA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14784", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14784", " TRANSFORMADORES, EQUIPAMENTOS E COMPONENTES ELÉTRICOS E ELETRÔNICOS, UND GASA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.950,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14787", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14787", " ROLETES E OUTROS, UND GASA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14785", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14785", " COMPONENTES PARA REDUTORES VELOCIDADE CONVERSORES TORQUE E CAIXAS MUDANÇA, UND GASA    ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14788", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14788", " PRODUTOS E COMPONENTES  QUÍMICOS DIVERSOS, UND GASA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14792", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14792", " EQUIPAMENTOS COMPONENTES ACESSORIOS DE PLANTADEIRAS, UND GASA         ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14789", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14789", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS, UND GASA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14790", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14790", " COMPONENTES DE VEDAÇÃO, UND GASA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.700,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14791", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14791", " SOBRESSALENTES CATERPILLAR, UND GASA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14793", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14793", " PEÇAS E COMPONENTES PARA TRATORES VALTRA, JOHN DEERE, MASEY FERGUSON  E CARREGADEIRAS, UND GASA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.950,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14796", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14796", " COMPONENTES, ACOPLAMENTOS E COLARES DE EIXOS, UND GASA                             ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.350,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14795", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14795", " VALVULAS AUTOMATICAS,  MANUAIS E ACESSÓRIOS, UND GASA  ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>6.350,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14794", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14794", " COMPONENTES PARA TURBINAS DIVERSAS,, UND GASA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>5.050,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14799", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14799", " COMPONENTES PARA TURBINAS A VAPOR, UND GASA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>10.550,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14797", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14797", " ROLAMENTOS E ACESSÓRIOS, UND GASA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14798", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14798", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ E SCANIA E OUTROS, UND GASA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.450,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14801", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14801", " COMPONENTES PARA COLHEITADEIRAS CASE, UND GASA ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14800", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14800", " COMPONENTES PARA COLHEITADEIRAS SANTAL")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>8.950,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14805", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14805", " COMPONENTES PARA COLHEITADEIRAS JOHN DEERE")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14802", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14802", " PEÇAS E COMPONENTES PARA TRATORES CASE")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14803", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14803", " COMPONENTES PARA BOMBAS CENTRÍFUGAS, HELICOIDAIS E DIVERSAS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>7.700,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14806", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14806", " SOBRESSALENTES DIVERSOS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14804", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14804", " COMPONENTES PARA COMPRESSORES INDUSTRIAIS E DIVERSOS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14808", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14808", " ELETRODOS E MATERIAIS DE SOLDAGEM")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14809", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14809", " COMPONENTES PARA ESTEIRAS TRANSPORTADORAS (CORREIAS)                         ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14807", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14807", " CORREIAS E CORRENTES")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14810", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14810", " CONEXÕES DIVERSAS E TUBOS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14811", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14811", " SOBRESSALENTES CATERPILLAR")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14812", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14812", " REGULADOR VELOC WOODWARD 505E")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14813", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14813", " EQUIPAMENTOS RADIOCOMUNICACAO DIVERSOS                      ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.850,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14817", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14817", " EPIs, UNIFORMES E DIVERSOS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>3.350,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14814", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14814", " PEÇAS E COMPONENTES PARA REBOQUES E CARROCERIAS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14825", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14825", " EQUIPAMENTOS COMPONENTES E ACESSORIOS DE IRRIGACAO          ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14818", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14818", " COMPONENTES PARA REDUTORES VELOCIDADE CONVERSORES TORQUE E CAIXAS MUDANCA    ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>5.800,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14830", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14830", " MATERIAIS DE FIXAÇÃO")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14823", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14823", " MATERIAL HIDRÁULICO")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14819", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14819", " EQUIPAMENTOS E INSTRUMENTOS DE MEDICAO                      ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14815", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14815", " FILTROS E ELEMENTOS FILTRANTES")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14816", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14816", " TRANSFORMADORES, EQUIPAMENTOS E COMPONENTES ELÉTRICOS E ELETRÔNICOS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14824", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14824", " COMPONENTES DE VEDAÇÃO")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>18.550,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14828", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14828", " COMPONENTES PARA MOENDAS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14829", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14829", " EQUIPAMENTOS COMPONENTES ACESSORIOS DE PLANTADEIRAS         ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14822", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14822", " EQUIPAMENTOS COMPONENTES ACESSORIOS DE TRANSBORDOS          ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.450,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14821", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14821", " COMPONENTES PARA TURBINAS A VAPOR E DIVERSAS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14827", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14827", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ E SCANIA E OUTROS")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14826", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14826", " ROLAMENTOS, MANCAIS E ACESSÓRIOS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...95 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14820", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14820", " PEÇAS E COMPONENTES PARA TRATORES VALTRA, JOHN DEERE, MASSEY FERGUSON ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14833", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14833", " VALVULAS DE SEGURANÇA,  MANUAIS E ACESSORIOS  ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>17.950,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14834", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14834", " VALVULAS AUTOMATICAS E ACESSORIOS                           ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14832", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14832", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14831", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14831", " COMPONENTES PARA COLHEITADEIRAS DIVERSAS MARCAS")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>4.050,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14840", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14840", " COMPONENTES PARA BOMBAS HELICOIDAIS E DIVERSAS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>10.850,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14836", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14836", " COMPONENTES PARA BOMBAS CENTRÍFUGAS")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>17.400,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14839", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14839", " SOBRESSALENTES DIVERSOS")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14837", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14837", " EQUIPAMENTOS E INSTRUMENTOS DE MEDICAO                      ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14838", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14838", " EQUIPAMENTOS E COMPONENTES ELÉTRICOS E ELETRÔNICOS")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14835", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14835", " SOBRESSALENTES CATERPILLAR")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14841", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14841", " COMPONENTES DE VEDAÇÃO")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14842", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14842", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14843", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14843", " PEÇAS E COMPONENTES PARA REBOQUES E CARROCERIAS")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.850,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14845", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14845", " COMPONENTES PARA COLHEITADEIRAS JOHN DEERE E SANTAL")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14844", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14844", " COMPONENTES PARA COLHEITADEIRAS CASE")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>19.050,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14846", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14846", " COMPONENTES PARA COLHEITADEIRAS CAMECO")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14847", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14847", " PEÇAS E COMPONENTES PARA TRATORES FORD E JOHN DEERE")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14848", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14848", " PEÇAS E COMPONENTES PARA TRATORES CASE")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>6.850,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14849", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14849", " COMPONENTES PARA MOTORES DIESEL")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14852", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14852", " PEÇAS E COMPONENTES PARA TRATORES MASSEY FERGUSON ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>3.050,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14850", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14850", " PEÇAS E COMPONENTES PARA TRATORES VALTRA")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14851", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14851", " SOBRESSALENTES PARA FORD E VW")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...112 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14854", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14854", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14853", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14853", " SOBRESSALENTES PARA CAMINHÕES VOLVO")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14855", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14855", " SOBRESSALENTES PARA CAMINHÕES SCANIA")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>7.150,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14856", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14856", " ROLAMENTOS E ACESSÓRIOS")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14857", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14857", " SOBRESSALENTES DIVERSOS")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>6.700,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14858", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14858", " EQUIPAMENTOS E INSTRUMENTOS DE MEDICAO                      ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14862", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14862", " MATERIAIS DE FIXAÇÃO")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14864", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14864", " ELETRODOS E ARAMES")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14865", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14865", " MATERIAL HIDRÁULICO")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14866", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14866", " UNIFORMES E MATERIAL DE PAPELARIA")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14867", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14867", " COMPONENTES PARA TURBINAS A VAPOR E DIVERSAS")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14868", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14868", " BARRAS, CHAPAS, CONEXÕES E TUBOS")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>3.850,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14869", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14869", " ROLETES E OUTROS")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14873", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14873", " EQUIPAMENTOS COMPONENTES ACESSORIOS DE PLANTADEIRAS         ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...794 lines deleted...]
-      <c r="E43" s="5" t="inlineStr">
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14872", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14872", " REDUTORES VELOCIDADE CONVERSORES TORQUE E CAIXAS MUDANCA UND UNIVALEM    ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>9.150,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14861", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14861", " VALVULAS AUTOMATICAS, DE SEGURANÇA, MANUAIS E ACESSORIOS  ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14859", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14859", " TRANSFORMADORES, EQUIPAMENTOS E COMPONENTES ELÉTRICOS E ELETRÔNICOS")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14860", "115")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14860", " PEÇAS E COMPONENTES PARA REBOQUES, CARROCERIAS E CARREGADEIRAS")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
-      <c r="F43" s="4" t="inlineStr">
-[...1274 lines deleted...]
-      <c r="E83" s="5" t="inlineStr">
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14863", "116")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14863", " COMPONENTES PARA BOMBAS CENTRÍFUGAS E HELICOIDAIS")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>6.650,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14871", "117")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14871", " COMPONENTES PARA IMPLEMENTOS AGRÍCOLAS")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>3.550,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14870", "118")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14870", " COMPONENTES DE VEDAÇÃO")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14876", "119")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14876", " COMPONENTES PARA COLHEITADEIRAS JOHN DEERE")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
-      <c r="F83" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D84" s="4" t="inlineStr">
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14874", "120")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14874", " COMPONENTES PARA COLHEITADEIRAS CASE")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>35.800,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14880", "121")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14880", " COMPONENTES PARA COLHEITADEIRAS CAMECO")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14878", "122")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14878", " SOBRESSALENTES CATERPILLAR")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>6.650,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14875", "123")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14875", " PEÇAS E COMPONENTES PARA TRATORES VALTRA")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>3.450,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14879", "124")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14879", " PEÇAS E COMPONENTES PARA TRATORES MF, FORD, CBT E JOHN DEERE")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E84" s="5" t="inlineStr">
-[...575 lines deleted...]
-      <c r="E102" s="5" t="inlineStr">
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14877", "125")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14877", " PEÇAS E COMPONENTES PARA TRATORES CASE")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
         <is>
           <t>2.550,00</t>
         </is>
       </c>
-      <c r="F102" s="4" t="inlineStr">
-[...1054 lines deleted...]
-      </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14881", "126")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14881", " SOBRESSALENTES PARA CAMINHÕES MERCEDES BENZ E OUTROS")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>4.850,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14882", "127")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14882", " SOBRESSALENTES PARA CAMINHÕES SCANIA, VOLVO E VW")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>4.850,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14883", "128")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/14883", " ROLAMENTOS, MANCAIS E ACESSÓRIOS")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>5.650,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>