--- v0 (2025-10-13)
+++ v1 (2026-03-25)
@@ -269,1627 +269,1427 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239062", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239062", " Dodge Polara BH21 1980 - Sem documento")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239068", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239068", " Dodge Polara BH21 1980 - Sem documento")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239064", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239064", " VW TL 1980 - Sem documento")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239066", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239066", "Máquina de cortar chão")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239102", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239102", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239073", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239073", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239075", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239075", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239069", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239069", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239065", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239065", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239101", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239101", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239093", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239093", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239111", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239111", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239092", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239092", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239084", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239084", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239078", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239078", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239085", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239085", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239097", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239097", " Lambreta de baiano - Aproximadamente 80 Kg")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239071", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239071", " Vibrador")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239087", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239087", " Vibrador - gasolina")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239094", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239094", " Vibrador")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239081", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239081", " Motor estacionário")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239076", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239076", " Máquina de compactar o chão")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239070", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239070", " Máquina de cortar o chão")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239063", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239063", " Máquina de cortar o chão")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239072", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239072", " Máquina de cortar o chão")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239095", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239095", " Máquina pré limpeza de grãos - Marca:Munters Meio trocador Calde k6560/15 Tensão 380v/3f/60hz ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239088", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239088", " Máquina pré limpeza de grãos Munters")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239110", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239110", " Vitrola ano:1906 Estados Unidos Victor Talking Machine Co")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239103", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239103", " Motor para aprendizado em escolas e faculdades (OPALA)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239067", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239067", " Piano Schwartzmann usado antigo")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239107", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239107", " Andaimes de ferro  medidas 1,90x1,60m - Aproximadamente 10.000 Kg - PREÇO POR KG")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239079", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239079", " Caixa de fábrica de sapato - medindo 1,32m de altura,por 50cm,por 70cm de largura")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239099", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239099", " Cortador de grama marca Trapp com motor")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239100", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239100", " Cortador de grama marca trapp MODELO LN 121")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239082", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239082", " Cortador de grama com motor MARCA WEG")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239096", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239096", " Mini cortador de grma marca tramontina")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239105", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239105", " Cortador de grama com motor")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239089", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239089", " Escrivaninha")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239074", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239074", " Válvula Borboleta")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239077", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239077", " Válvula automática marca Fisher (usado  para caldeira ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239083", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239083", " Máquina profissional para lavagem - Karcher  ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239090", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239090", " Máquina profissional para lavagem - Karcher")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239109", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239109", " Lote com máquinas de escrever diversas - Aproximadamente 2.000 Kg - Preço por Kg")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>1,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239098", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239098", " Lote com: Aproximadamente 1.700 Kg de peças eletrônicas")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>1.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239106", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239106", " Tubos de gás diversos entre 1,04 metros de altura(1,10 de circunferência) a 1,30 metros de altura")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239086", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239086", " Trocador de Calor industrial em aço Inoxidável 304 PAASCH E SILKEBORG Sanovo")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239104", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239104", " Trator Ford Brasileiro 8br 64a/66 funcionando")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239080", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239080", " Carretinha medindo 4,5 metros x 1,10 metros")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239108", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239108", " Lote com: Aproximadamente 150 pacotes de lã de rocha diversas - Aproximadamente 1.000 Kg - Preço por Kg")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>5,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>0.20</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239091", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239091", " Prenssa de papelão e latinha")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>