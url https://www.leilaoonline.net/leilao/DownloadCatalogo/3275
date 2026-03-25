--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -269,4731 +269,4143 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239552", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239552", "MISTURADOR TIPO RIBOMBLENDER EM AÇO INOX CAPACIDADE 3.000 LITROS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239533", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239533", " MOINHO MARTELO TIGRE LE 53; C/ MOTOR ELÉT. WEG 75 CV")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239498", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239498", " 1 REDUTOR FALK 2100Y2-B, REL. 1:9 P/ MOTOR DE 100 CV; 1 REDUTOR CESTARI HD4/14, REL. 1:29,6; 1 REDUTOR FLENDER H3SH11B, REL. 1:33 P/ MOTOR DE 150 CV")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239459", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239459", " IMPRESSORA HP DESIGNJET 8000 S")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239461", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239461", " MOTORREDUTOR FLENDER C/ MOTOR SIEMENS DE 40 CV")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239460", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239460", " MISTURADOR EM AÇO INOX, PESO: 700 KG")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239483", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239483", " Máquina para gelar água")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239511", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239511", " APROX. 35 ROSCAS TRANPORTADORAS DIVERSAS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239484", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239484", " Máquina para gelar água ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>7.550,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239497", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239497", " 1 REDUTOR CESTARI, REL. 1:44 P/ MOTOR DE APROX. 200 CV E 1 REDUTOR TRANSMOTÉCNICA H1217, REL. 1:12 P/ MOTOR DE APROX. 150 CV")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239462", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239462", " GELADEIRA EM AÇO INOX")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239499", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239499", " 1 REDUTOR TRANSMOTÉCNICA H1310, REL. 1:800 E 1 REDUTOR S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239550", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239550", " TANQUE EM AÇO INOX, CAP. 7000 L")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239485", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239485", "Peneira Vibratória")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239486", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239486", "Peneira Vibratória ( 1.200 diâmetro x 510 de altura ) para indústrias de alimentos - completa com motovibradores  e valvulas rotativas em aço inox - com funil alimentador ( 1.200 diâmetro (boca) x 2.500 altura)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239487", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239487", "Peneira Vibratória ( 1.200 diâmetro x 510 de altura ) para indústrias de alimentos - completa com motovibradores  e valvulas rotativas em aço inox - com funil alimentador ( 1.200 diâmetro (boca) x 2.500 altura)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239488", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239488", "Peneira Vibratória ( 1.200 diâmetro x 510 de altura ) para indústrias de alimentos - completa com motovibradores  e valvulas rotativas em aço inox - com funil alimentador ( 1.200 diâmetro (boca) x 2.500 altura)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239489", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239489", "Peneira Vibratória ( 1.200 diâmetro x 510 de altura ) para indústrias de alimentos - completa com motovibradores  e valvulas rotativas em aço inox - com funil alimentador ( 1.200 diâmetro (boca) x 2.500 altura)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239509", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239509", " REDUTOR CESTARI, REL. 1:14 P/ MOTOR DE APROX. 300 CV")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239417", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239417", " MOINHO DE BOLAS, CAP. 2000 KG")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239501", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239501", " REDUTOR, REL. 1:7 P/ MOTOR DE APROX. 300 CV")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239458", "038")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239458", " FORNO TURBO ELÉTRICO GASTROMAQ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239454", "058")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239454", " Forno a gás com três portas e bandejas")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239457", "068")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239457", " Tamboriador")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239456", "070")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239456", " Batedeira com tacho inox, perfecta curitiba")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239406", "104")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239406", " TROCADOR DE CALOR ALFA LAVAL TIPO: P14-R.B EM AÇO INOX")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239408", "107")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239408", " MÁQUINA P/ TINGIMENTO EM AÇO INOX, DIM. 1,5X0,9X0,8 M")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239422", "108")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239422", " TAMBOREADOR EM AÇO CARBONO, DIÂM. 0,8 E COMP. 1 M")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239412", "111")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239412", " TANQUE RETANGULAR EM AÇO INOX, CAP. 3000 L, DIM. 3,65X1,8X0,6 M")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239410", "112")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239410", " 2 CONTAINERS EM AÇO INOX. CAP. 1000 L, DIM. 1X1,15X0,85 M")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239424", "119")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239424", " EXTRUSORA PUGLIESE TIPO: A20, ANO: 1973")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239407", "120")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239407", " 1 TROCADOR DE CALOR ARTICA, ANO: 2001 E 1 TROCADOR DE CALOR ALFA LAVAL TIPO: A10-BFM, ANO: 1987")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239423", "124")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239423", " TORNO XERVITT. OBS.: FALTANDO PEÇAS")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239409", "126")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239409", " REDUTOR CESTARI HD10, REL. 1:49 P/ MOTOR DE APROX. 50 CV")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239413", "129")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239413", " BOMBA DE VÁCUO BNM TIPO: 20/50V, COM MOTOR ELÉTRICO 40 CV, ANO: 1998")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239415", "134")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239415", " 3 ALIMENTADORES VIBRATÓRIOS RNA TIPO: SRC-N630-1R, DIÂM. 850 MM")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239416", "137")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239416", " 2 TROCADORES DE CALOR ALFA LAVAL")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239425", "139")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239425", " PLAINA INVICTA TIPO: 5M")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239432", "141")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239432", " PRENSA P/ CALÇADOS")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239431", "142")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239431", " TORNO AUTOMÁTICO CVA Nº8")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239411", "144")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239411", " 1 MOTOVIBRADOR FRIEDRICH, POT. 4 KW E 1 MOTOVIBRADOR S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239419", "145")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239419", " COMPRESSOR DE AR ATLAS COPCO ZR3, COM MOTOR ELÉTRICO 125 CV")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239435", "147")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239435", " EXTRUSORA DE MASSA, DIM. 1,35X0,6 M")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239444", "155")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239444", " SERRA DE FITA BALDAN SFC-3")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>8.300,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239448", "163")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239448", " 2 BATEDEIRAS INCO TIPO P18")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239445", "180")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239445", " FILTRO MANGA C/ 8 MANGAS")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239446", "182")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239446", " SECADORA, CAP. 15 KG, C/ MOTOR DE 1 CV")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239447", "186")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239447", " MISTURADOR")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239449", "187")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239449", " MISTURADOR")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239443", "189")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239443", " PRENSA C/ UNIDADE HIDRÁULICA")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239450", "192")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239450", " 1 MOTORREDUTOR DE 30 CV, REL.: 1:100")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239451", "194")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239451", " SERRA POLIKORTE, C/ MOTOR DE 5 CV")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239452", "195")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239452", " REDUTOR, PESO APROX. 2 T")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239453", "198")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239453", " Impressora HP design jep 8000s")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239455", "199")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239455", " Estufa para secagem tamanho 1.900 x 800 x 1.500")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239463", "201")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239463", " FURADEIRA YADOYA FY-A50")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>9.100,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239468", "211")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239468", " EXAUSTOR C/ MOTOR WEG 40 CV")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>6.400,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239478", "215")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239478", " GANCHO TIPO MOITÃO; CAP. 80T")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239464", "217")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239464", " EXAUSTOR RDL-900; ANO: 2017")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239476", "218")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239476", " EXAUSTOR RDL-900; ANO: 2017")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239465", "219")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239465", " EXAUSTOR BERLINER LUFT GTD 560.3")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239482", "220")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239482", " EXAUSTOR TECNIUM EM FIBRA C/ MOTOR ABB 20 CV")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239471", "229")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239471", " TANQUE COM BATEDOR E SERPENTINA; CAP. 1200L")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239480", "230")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239480", " MÁQUINA DE PÓ")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239470", "231")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239470", " EIXO PARA ESTEIRA C/ MOTORREDUTOR SEW 20 CV")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239481", "238")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239481", " LAVADORA INDUSTRIAL EM INOX C/ MOTOR WEG 7,5 CV 8 PÓLOS")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239467", "239")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239467", " LAVADORA INDUSTRIAL EM INOX C/ MOTOR WEG 7,5 CV 8 PÓLOS")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239477", "240")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239477", " LAVADORA INDUSTRIAL EM INOX C/ MOTOR WEG 7,5 CV 8 PÓLOS")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239469", "241")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239469", " MODELADORA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239474", "242")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239474", " BATEDEIRA INDUSTRIAL PERFECTA CURITIBA; POT. 1,5 KW; CAP. 50 L")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239473", "247")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239473", " 3 ESTUFAS DIVERSAS")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239466", "249")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239466", " REDUTOR AGMA; REL.: 1:194,6")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239479", "250")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239479", " REDUTOR WÜLFEL; REL.: 1:5")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>12.200,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239475", "251")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239475", " REDUTOR FALK; REL.: 1:38,8")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239472", "252")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239472", " REDUTOR TRANSMOTÉCNICA; REL.: 1:125")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239434", "651")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239434", " BOMBA DE VÁCUO OMEL C/ MOTOR ELÉTRICO 10 CV")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239414", "654")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239414", " EXAUSTOR S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239421", "659")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239421", " ESTUFA EM INOX C/ BANDEJA E 2 PORTAS")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>10.400,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239426", "661")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239426", " 2 ESTUFAS TIPO MUFLA")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239433", "663")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239433", " TÚNEL DE ENCOLHIMENTO S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239418", "664")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239418", " VENTILADOR INDUSTRIAL SPARKER C/ MOTO ELÉTRICO 25 HP")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239427", "665")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239427", " MOINHO DE BOLAS S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239420", "673")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239420", " 2 COMPRESSOR DE AR WAYNE 240 PÉS, SEM MOTOR")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239430", "674")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239430", " EXAUSTOR C/ MOTOR")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239441", "676")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239441", " VENTILADOR INDUSTRIAL SPARKER C/ MOTO ELÉTRICO 25 HP")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239428", "677")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239428", " AFIADORA DE FERRAMENTAS PB")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239429", "679")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239429", " EXAUSTOR S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239440", "682")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239440", " 3 EXAUSTORES SEM MOTOR")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239438", "684")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239438", " EXAUSTOR C/ MOTOR ELÉTRICO 20 HP")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239437", "688")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239437", " EXTRUSORA DORST TIPO: V10SP, ANO: 1969")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239439", "693")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239439", " VENTILADOR GEESP MOD. 8, COM MOTOR ELÉTRICO 20 HP")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239436", "694")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239436", " 2 EXAUSTORES (APENAS 1 COM MOTOR)")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239442", "701")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239442", " VARREDEIRA INDUSTRIAL ELECTROLUX")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239502", "1002")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239502", " PRENSA HIDRÁULICA LUXOR LCN, CAP. 5 T")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239490", "1003")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239490", " SERRA DE FITA RONEMAK AC 300, ANO: 1992")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239493", "1005")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239493", " VENTOINHA COM QUEIMADOR E MOTOR ELÉTRICO 7,5 CV")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239492", "1006")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239492", " 3 ESTEIRAS ELETROMAGNÉTICAS EM AÇO INOX")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239491", "1007")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239491", " FURADEIRA DE COLUNA YADOYA S35, COM MOTOR ELÉTRICO 15 CV")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239500", "1016")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239500", " SERRA DE FITA DOALL MOD. ML")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239504", "1024")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239504", " MOTORREDUTOR SEW, REL. 1: 192, COM MOTOR ELÉTRICO 40 CV, 2 PÓLOS, 380/660 V")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239503", "1029")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239503", " 1 REDUTOR TRANSMOTÉCNICA H1213, REL. 1:20 E 1 REDUTOR S/ ESPECIFICAÇÕES")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239494", "1030")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239494", " 11 MOTORES ESTACIONÁRIOS DYNAPAC")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239495", "1039")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239495", " 4 EXAUSTORES PROJELMEC, Q:22000³/H , COM MOTOR 6 CV RPM 1150")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239506", "1057")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239506", " CENTRÍFUGA EM AÇO INOX DIÂM. 1,8 M E ALTURA 1 M")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239496", "1060")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239496", " ESTUFA MARVI POT. 1000 W")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239505", "1061")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239505", " ALIMENTADOR VIBRATÓRIO C/ MOTOR ELÉTRICO 2 CV")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239510", "1070")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239510", " ESTEIRA TRANSPORTADORA C/ MOTORREDUTOR SEW, REL. 1:23,2, POT. 0,75 KW; COMP. 5 M")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239514", "1076")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239514", " VÁLVULA ROTATIVA CONDOR EM AÇO INOX")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239519", "1078")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239519", " REDUTOR, REL. 1:60 P/ MOTOR DE 20 CV")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239518", "1080")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239518", " EXAUSTOR PROJELMEC")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239516", "1082")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239516", " 1 GUILHOTINA PEXTO F3354")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239513", "1087")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239513", " CALHA VIBRATÓRIA, DIM. 2X0,9 M")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239508", "1088")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239508", " CALHA VIBRATÓRIA, DIM. 3X0,9 M")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239507", "1089")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239507", " LAVADORA DE PEÇAS EM AÇO INOX, DIM. 1,3X0,85 M")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239512", "1090")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239512", " ESTEIRA TRANSPORTADORA DE CAVACO COM MOTORREDUTOR, COMP. 4 M")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239517", "1093")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239517", " MOTOBOMBA OMEL EM INOX, COM MOTOR ELÉTRICO 40 CV")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>9.800,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239515", "1096")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239515", " 2 TANQUES EM AÇO CARBONO, DIÂM. 1,2 M E ALTURA 1 M")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239528", "2105")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239528", " PRENSA EXCÊNTRICA; CAP. 6 T")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239522", "2109")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239522", " SERRA DE FITA RONEMAK MOD. 3/4")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239525", "2110")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239525", " VENTILADOR INDUSTRIAL PROJELMEC 2 CV")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239520", "2111")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239520", " TACHO TIPO CADINHO")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239521", "2116")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239521", " PRENSA TIPO "C"")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239527", "2117")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239527", " MOTORREDUTOR  ")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239524", "2118")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239524", " MOTORREDUTOR  ")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239523", "2119")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239523", " MOTORREDUTOR  ")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239526", "2120")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239526", " MOTORREDUTOR  ")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239529", "2122")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239529", " ESTEIRA TRANSPORTADOR P/ CAVACO C/ MOTOR")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239530", "2124")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239530", " AFIADORA DE FERRAMENTAS, C/ MOTOR WEG 3 CV")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239531", "2125")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239531", " VENTILADOR INDUSTRIAL TIPO 1/14, ANO 1978")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239532", "2128")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239532", " BOMBA CENTRÍFUGA EM AÇO INOX; POT. APROX. 30 CV")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239534", "2136")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239534", " UNIDADE HIDRÁULICA C/ MOTOR ELÉT. WEG 75 CV, 1775 RPM, 220/380 V")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239539", "2138")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239539", " REDUTOR TRANSMOTÉCNICA; REL.: 1:6,3")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239538", "2139")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239538", " REDUTOR TRANSMOTÉCNICA; REL.: 1:6,3")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239541", "2140")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239541", " REDUTOR TRANSMOTÉCNICA; REL.: 1:6,3")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239544", "2141")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239544", " PRENSA HIDRÁULICA EV; CAP. 20 T")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239543", "2143")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239543", " COMPACTADOR DE SOLO DYNAPAC TIPO C016; C/ MOTOR ELÉT. WEG 2 CV")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239535", "2144")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239535", " BOMBA EM AÇO INOX; C/ MOTOR ELÉT. WEG 40 CV, 4 PÓLOS, 220/380 V")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239542", "2145")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239542", " CORTADOR DE PISO À GASOLINA")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239536", "2146")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239536", " ALIMENTADOR VIBRATÓRIO EM INOX; PAINEL S/ COMPONENTES")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239537", "2148")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239537", " GUINCHO C/ MOTORREDUTOR E FREIO; C/ MOTOR ELÉT. EBERLE 15 CV, 4 PÓLOS, 220/380 V")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239540", "2150")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239540", " PULMÃO DE AR ATLAS COPCO; CAP. 500 L")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239545", "2151")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239545", " 4 PNEUS ARO 17")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239547", "2152")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239547", " MISTURADOR CONCRETO 100 L; C/ MOTOR ELÉT. WEG 4 CV E REDUTOR ")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239546", "2153")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239546", " ASPIRADOR DE PÓ INDUSTRIAL")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239549", "2156")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239549", " TANQUE EM FIBRA; CAP. 5000 L")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239548", "2157")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239548", " TANQUE EM FIBRA; CAP. 1500 L")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239551", "2165")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239551", " MISTURADOR EM AÇO INOX; CAP. 1000 L")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>9.900,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>