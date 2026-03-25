--- v0 (2025-10-13)
+++ v1 (2026-03-25)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239822", "418")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239822", "  12 CH SUPORTES DE RADIADOR CIBER. - DIMENSÕES: 4,7X275X587. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.800,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239863", "425")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239863", "  1 ESTRURA DE FIXAÇÃO CIBER-  TUBUL FIBRAS C202 MTD CJ - APLICADA NO SILO DOSADOR. - PAT.2842805 - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>9.600,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239845", "445")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239845", "  7 BOMBAS SEW NEMO MOD. NM021BY04S24B - 60HZ. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>22.800,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240047", "449")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240047", "  4 PAINEIS DE CONTROLE PNEUMÁTICO SILO QUENTE MONTADO CONJUNTO - 265X570X600 / 2 PAINEIS DE CONTROLE PNEUMÁTICO MISTURADOR MONTADO CONJUNT - 315X620X750. - PAT.2400001/PAT.2400002. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>23.400,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239823", "464")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239823", "  1 QUEIMADOR PARA GÁS NATRAL; FBR - ITALIA. (CH4) - PAT.7020800. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>5.400,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239847", "466")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239847", "  1 ESTRUTURA TUBUL FIBRA CIBER S C202 MTD CJ. - PAT.2842805. - LOC. PORT ALEGRE/RS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>9.600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239829", "467")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239829", "  1 CAMARA DE COMBUSTÃO UACF17MTD CIBER. - PAT.7109066. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239838", "472")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239838", "  1 SISTEMA DE NIVELAÇÃO DO SILO DOSADOR CIBER. - PAT.7103033. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239853", "476")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239853", "  1 MOTOREDUTOR MR CI 140 UO2H - HB2 160L 6 380 - 60 B5/71 B7 / 1 MOTOREDUTOR MR CI 140 UO2HS - HB2 160L 6 380 - 60 B5/71 B7. - PAT.7122253/PAT.7122254. - LOC PORTO ALEGRE/RS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>24.700,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240043", "485")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240043", "  5 PIVÔS DO ROLAMENTO / 1 ROLETE DE APOIO DEXT 360. - PAT.127675/PAT.7097977. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239835", "486")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239835", "  1 KIT CHAPA DE DESGASTE MISTURADOR MONTADO CONJUNTO - 594X1512X2586. - PAT.2482258. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239854", "509")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239854", "  1 VÁLVULA EMERGÊNCIA 0850 MONTADO CONJUNTO - 952X1006X1095. - PAT.2397490. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241317", "512")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241317", " 1 TRANSIÇÃO 0960X460X1330 - 1006X1744X2126 / 1 CURVA TUBULAÇÃO D550 SOLDADO CONJUNTO - 1002X550; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239862", "513")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239862", "  16 CORRIMÕES EMB TRAS ESQ SD CJ. - PAT.7084824. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239855", "516")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239855", "  2 ESTRUTURAS TUBULAÇÃO DE AR 60HZ 380/440V. - PAT.2421278. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>8.100,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239841", "519")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239841", "  2 PROTETORES LATERAIS DE FIBRA 2312X500. - PAT.2571505. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>12.100,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239843", "520")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239843", "  7 GUIAS CURVA ELEVADOR DE ARRASTE1767 SOLDADO CONJUNTO. - PAT.7071199. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239844", "521")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239844", "  1 TRANSIÇÃO 0925X01035 - 900X1035X1063. - PAT.2397415. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239825", "522")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239825", "  4 BOMBAS NEMO NETZSCH; MOD. NM021BY04S24B. - PAT.7003538. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>13.100,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239831", "524")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239831", "  1 ESTRUTURA CAMARA DE COMBUSTÃO MC-10 UAB18. - PAT.7109064. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239824", "533")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239824", "  3 CALHAS DE DESCARGA DO ELEVADOR DE ARRASTE USINA MTD CJ. - PAT.2655139. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239828", "537")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239828", "  232 MANGUEIRAS DE BORRACHA SEM ACESSÓRIO. - PAT.146060. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239837", "544")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239837", "  1 TUBULAÇÃO E BOMBA CARREGAMENTO DE CAP TA   TM  / 1 CONJUNTO AGITADORES POSIÇÃO 1 PARA TANQUE MASTER MONTADO. - PAT.2482241/PAT.7162909/PAT.7163364/PAT.7162893. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239840", "550")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239840", "  2 PLATAFORMAS DOSADOR QUÁDRUPLO INTERMEDIÁRIO SOLDADO CONJUNTO. - PAT.7100970. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241318", "551")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241318", " 2 TRANSIÇÃO 0825X1500X380 SOLDADO CONJUNTO - 900X1632X1843 / 1 VALVULA DE SEGURANÇA AR FRIO UACF; E OUTROS, VEJA DESCRITIVO DE ITENS. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239842", "552")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239842", "  3 ARTICULÇÕES PENDULAR UACF 14. - PAT.891835. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239848", "554")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239848", "  17 POLIAS DA CORREIA V. - PAT.67151. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239857", "561")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239857", "  2 ESTRUTURAS ARTICULAÇÃO MTO CJ WIRTGEN. - PAT.2571480. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>6.600,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239839", "566")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239839", "  9 MOTOR REDUTORES WEG - MOTOR 60CV 4P 380/440V 50HZ. - PAT.7004263. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>42.300,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239850", "579")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239850", "  3 BANCOS CAPACITORES DICEL ENG. 440V/50Hz. - PAT.7011690/PAT.7011691. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>10.100,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239852", "580")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239852", "  2 ELICOIDAL "CARACOL". - PAT.2559029. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239833", "585")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239833", "  2 BANCOS DE CAPACITORES WEG 440/60. - PAT.7011690. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239870", "619")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239870", "  150 TAMPAS DO PAINEL DE INSTRUMENTOS WIRTGEN A4GV71. - PAT.1505270. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>10.600,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239860", "634")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239860", "  1 SILENCIADOR SEW; 24,8CV. - PAT.58856. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239867", "636")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239867", "  4 UNIDADES HIDRÁULICAS COM BOM 50HZ. - PAT.7013263. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239836", "637")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239836", "  1 CAPO FRONTAL CIBER. - PAT.2538213. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239826", "640")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239826", "  10 CHICOTES CONTROLE DO ELEVADOR INOVA HAMM. - PAT.2630316. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239856", "644")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239856", "  23 DESBALANCEAMENTOS ROLO COMPACTADOR HAMM. - PAT.2203489. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239858", "645")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239858", "  12 CALHAS INTERNAS DO SECADOR. - PAT.7083616. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239864", "668")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239864", " 1 EXAUSTOR EUROAIR COM MOTOR WEG 20CV. -PAT.2914480. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>17.700,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240050", "676")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240050", "  140 KIT'S DE CHICOTES ELÉTRICOS DA BATERIA W100 1110 E VÁLVULA DE RETENÇÃO /  4 CONTROLADORES WITOS - KIT CHICOTE /  5 UNIDADES ELETRONICAS COM CARCAÇA. - PAT.146344/PAT.2051355/PAT.2498777. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>23.900,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239832", "686")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239832", "  1 TRANSIÇÃO SOLDADO CONJUNTO. - PAT.7115591. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>6.600,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240048", "700")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240048", "  1 ABRAÇADEIRA DE FIXAÇÃO / 3 LUVAS D750 SOLDADO CONJUNTO TAMANHO: 0759X400 / 2 KIT'S DE REPARO ID14743. - PAT.7067211. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239827", "710")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239827", "  2 BANCOS DE CAPACITADORES PCR - ESTRUTURA TUBULAÇÃO FIBRAS C101 MTD CJ. - PAT.7010005. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239834", "714")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239834", "  1 ESTRUTURA DE FIXAÇÃO. - PAT.2842805. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>9.600,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239861", "720")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239861", "  1 CAPÔ SD ESQ. CIBER. - PAT.2552790. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240044", "721")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240044", "  01 CONJUNTOS-ROTORES EXAUSTORES SOLDADOS CONJUNTO - SOLDADO CONJUNTO / 05 BASES MEDIDORAS DE VAZÃO. - PAT.7032848/PAT.7106644. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239849", "739")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239849", "  1 ESTRUTURA TUBULAÇÃO FIBRAS C101 MTD CJ. - PAT.2842805. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>9.600,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239830", "740")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239830", "  13 SUPORTES TOLDO TRASEIRO. - PAT.2583863. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239865", "756")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239865", "  1 VIDRO LATERAL CAB. OPERADOR 6,5MM. - PAT.7007611. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240049", "757")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240049", "  1 VIDRO JANELA CABINE / 2 JANELAs DA CABINE- COBERTURA COMPL.  #A2-985.60.660 / 1 COBERTURA- TUBO 181,8X35,6X1105LG 20MNV6V. - PAT.194554/PAT.2197983/PAT.2563350. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>18.100,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240046", "772")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240046", "  3 FACAS DO TAMPER LADO ESQUERDO DIREITO / 1 SEGMENTO 2A CONJUNTO SOLDADO / 2 BOMBAS DE EMULSÃO / 1 MEDIDOR DE VAZÃO. - PAT.2003833/PAT.2333473/PAT.7093393/PAT.7331289. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239859", "775")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239859", "  1 BOMBA DE EMULSÃO - COLETOR ADIÇÃO POLÍMERO SOLDADO CONJUNTO. - PAT.152981. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>6.700,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239851", "777")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239851", " RAMPA DE EMBARQUE PARA ELEVAÇÃO DE VEÍCULOS SAUR. MODELO THS0018. - PAT.7113142. - PORTO ALEGRE/RS")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>61.400,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239868", "10029")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239868", "  1 COLETOR SEPRADOR WIRTGEN SD CJ. - PAT.2561455. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240045", "10040")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240045", "  13 TRAVESSAS FIX TELA SOLDADA - BOMBA NEMO NM021 60HZ. - PAT.2420322. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239869", "10042")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/239869", "  6 BOMBAS NEMO NM021 60HZ; HELICOIDAL ESPIRAL 0190X2437. - PAT.7003538. - LOC. PORTO ALEGRE/RS")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>19.600,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>