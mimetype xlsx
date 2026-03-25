--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240606", "108")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240606", " TRATOR AGRÍCOLA LS H125; ANO 2020. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>168.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240595", "424")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240595", " EMPILHADEIRA ELÉTRICA MICHIGAN E30-45; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>103.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240596", "426")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240596", " PÁ CARREGADEIRA MICHIGAN M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>387.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240609", "444")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240609", " EMPILHADEIRA ELÉTRICA MICHIGAN E30-45; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>103.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240604", "511")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240604", " CARREGADEIRA FRONTAL LS LL4101. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>24.100,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240607", "532")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240607", " PÁ CARREGADEIRA MICHIGAN M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>373.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240603", "636")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240603", " PÁ CARREGADEIRA HYUNDAI HL740-7; ANO 2010. - CONTAGEM/MG")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>121.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240598", "708")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240598", " ESCAVADEIRA HIDRÁULICA MICHIGAN ME20; ANO 2022. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>112.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240592", "710")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240592", " TRATOR AGRÍCOLA LS U60CRE; ANO 2016. - LOC.  TRÊS PONTAS/MG")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240599", "1509")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240599", " TRATOR AGRÍCOLA LS MT125; ANO 2020. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240597", "1963")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240597", " TRATOR AGRÍCOLA LS PLUS80; ANO 2013. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>101.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240601", "1978")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240601", " CARREGADEIRA FRONTAL LS LL4101. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>24.100,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240608", "2012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240608", " CARREGADEIRA FRONTAL LS LL4101. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>24.210,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240593", "2017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240593", " CARREGADEIRA FRONTAL LS LL4101. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>24.210,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240600", "3103")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240600", " TRATOR AGRÍCOLA LS U60CRE; ANO 2014. - LOC. TRÊS PONTAS/MG")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>81.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240594", "10031")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/240594", " PÁ CARREGADEIRA MICHIGAN M100HD; ANO 2023. - LOC. GARUVA/SC")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>387.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>