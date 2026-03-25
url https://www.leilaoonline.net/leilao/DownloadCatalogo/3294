--- v0 (2025-11-20)
+++ v1 (2026-03-25)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241271", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241271", " Lote com: 03 PÇS DE MOTO VIBRADORES  DE 1/² HP, 1 HP, 3 HP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241266", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241266", " BOMBA AUTO ESCORVANTE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241288", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241288", " Lote com:  01 TALHA MANUAL 5 TONS. E 01 TROYLLER")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241281", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241281", " PLAINA LIMADORA 400MM COM MORSA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241287", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241287", " Lote com: 50 PÇS DE CAIXAS PLÁSTICAS ORGANIZADORAS BIN  9")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241268", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241268", " MOITÃO DE 25 TONELADAS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241290", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241290", " BOMBA WAP  DE PISTÕES ALTA PRESSÃO 6 PISTÕES")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241267", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241267", " Lote com: 3 PÇS BOMBAS DE TRANSFERENCIA E 2 PÇS DE BOMBAS HIDRAULICAS PARA CAMINHÕES BASCULANTES")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241277", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241277", " BOMBA TRIPLEX ALTA PRESSÃO EM INOX E NÍQUEL  MARCA CATPUMP MOD. 6767 (SEM USO) APLICAÇÃO EM OFFSHORE, NAVAL E ÁGUAS SALGADAS E QUIMICOS -")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241272", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241272", " BOMBA SPX  BRAN LUEBBE DOSADORA MOD. NOVADOS H5 - SEM USO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241273", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241273", " BOMBA PARA MASSAS  DIVERSAS PARAFUSO DUPLO  3”")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241284", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241284", " UMIDIFICADOR INTENSIVO  - BI-MIX SANGATI BERGA  MOD. 30- 55/180-22  25 HP  - FLUXO DE 20  A  25 TON./H  - Sem o motor")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241275", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241275", " REDUTOR TRANSMOTÉCNICA PARA TANQUES MISTURADORES  CAPACIDADE 20 HP  REDUÇÃO   1:25")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241278", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241278", " DIVERSAS POLIAS E ACOPLAMENTOS SEM USO E USADOS ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241269", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241269", " MOTO ESMERIL DE 5 HP  TRIFÁSICO. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241270", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241270", " CALANDRA DE BARRAS CHATAS/ LAMINADORA DE A BARRAS DE AÇO ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241265", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241265", " MOTOR HIDRAULICO SAUER DANFFOS ALTO TORQUE")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241293", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241293", " LOTE DE VALVULAS - Aproximadamente 2.400Kg - Lances por kg.")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2,30</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241286", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241286", " LOTE DE FERRAMENTAS DIVERSAS, ESMERIL, E OUTRAS DIVERSAS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241289", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241289", " Furadeira YADOYA MOD. FY - S - 38")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241291", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241291", " BOMBA DE VÁCUO EM AÇO INOX ANEL LÍQUIDO MARCA OMEL MOD. 230/160")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241283", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241283", " TORNO MECÂNICO  ROMI S-90 DE GRANDE PORTE BARRAMENTO DE 5.00 METROS COM PLACA DE 1.00 METRO DE DIÂMETRO E 500mm DE CENTRO ATÉ O BARRAMENTO PARAROLOS DE LAMINADOR E EIXOS DE GRANDE DIÂMETROS– PESO DE 10.800 KGS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241282", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241282", " BOMBA POSITIVA EM INOX MARCA SPX WALKESHA MOD. 130 U1, CAPACIDADE  540LTS/MIN. ENTRADA E SAÍDA DE 3” – PRESSÃO MÁX. 200 PSI – PARA PRODUTOS ALIMENTÍCIOS VISCOSOS , MASSAS E PRODUTOS QUIMICOS, CHOLATES ETC. ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241280", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241280", " GUINCHO HIDRAÚLICO/PLANETÁRIO  BRADEN RW 300  PARA GUINDADSTES , ARRASTES, E EMBARCAÇÕES MARCA  BRADEN - EM FUNCIONAMENTO - 20 T.")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241292", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241292", " GUINCHO HIDRAÚLICO 2,5 TONS-  PARA  CAMINHÕES REBOQUES , GUINDASTES, EMBARCAÇÕES, TRATORES  ETC. - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>7.800,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241276", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241276", " REDUTOR  ANGULADO  10 HP   REDUÇÃO 1:2")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241285", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241285", " GUINCHO DE ARRASTE  NAVAL  ELÉTRICO  220/380/440 V0LTS -  20 TONS.  PARA ESTALEIROS, EMBARCAÇÕES DE TRABALHO, REBOCADORES ETC EQUIPADO COM SISTEMASDE FREIO ELETROMAGNÉTICO NO MOTOR ELÉTRICO  DE 30 HP E  FREIO DE EMERGÊNCIA MANUAL, COM MOLINETE  DE RECOLHIMENTO(CAPSTAN) PESO APROXIMADO DE 8.000 KGS.")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241274", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241274", " BOMBAS DE VÁCUO ANEL LIQUIDO(DESLOCAMENTO POSITIVO)   GEMINADAS OMEL BVN 150  COM PULMÃO TANQUE DE VÁCUO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>7.300,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241279", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241279", " [vídeo} máquina de solda ELETRODO/ MIG/ TIG ESAB ORIGO INCLUINDO A TOCHA TIG")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242116", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242116", "ASSADEIRA À GÁS PARA FRANGOS E CARNES ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242117", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242117", "02 UNIDADES -ACOPLAMENTOS VULKAN TIPO E 240 PARA MOTORES ATÉ 150 HP ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242118", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242118", "02 UNIDADES -ACOPLAMENTOS VULKAN TIPO E 240 PARA MOTORES ATÉ 150 HP ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242119", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242119", "02 UNIDADES -ACOPLAMENTOS VULKAN TIPO E 240 PARA MOTORES ATÉ 150 HP ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242120", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242120", "02 UNIDADES -ACOPLAMENTOS VULKAN TIPO E 240 PARA MOTORES ATÉ 150 HP ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242121", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242121", "BOMBA VERTICAL CENTRÍFUGA DE DUPLA SUCÇÃO MARCA DESMI TIPO DSL 400X430 - BRONZE   SEM USO - - Capacidade 6.200 m3/H. (27300 US gpm) em 50Hz - ou 7400m3/H ( 32600 US gpm ) em 60 Hz - Pressão 25 bar - Temperatura Max de trabalho 150°C - Motor de 250 até 365 HP de 6 polos a 4 polos. Aplicação Naval,  O")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242122", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242122", "BATEDEIRA PLANETÁRIA  HOBART  IMPORTADA MODELO  HL 300 - SEM USO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242123", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242123", "INVERSOR DE FREQUÊNCIA  RELIANCE MODELO TIPO GV/SE 3000 - 30 HP - 380 V  - SEM USO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242124", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242124", "INVERSOR DE FREQUÊNCIA  MARCA ALLEN BRADLEY  MODELO POWERFLEX 753 - 132KW - 440 V - SEM USO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242440", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242440", "INVERSOR DE FREQUÊNCIA  MARCA ALLEN BRADLEY  MODELO POWERFLEX 753 - 132KW - 440 V - SEM USO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242441", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242441", "INVERSOR DE FREQUÊNCIA  RELIANCE MODELO TIPO GV/SE 3000 - 30 HP - 380 V  - SEM USO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>