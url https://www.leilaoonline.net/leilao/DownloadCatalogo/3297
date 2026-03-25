--- v0 (2025-10-13)
+++ v1 (2026-03-25)
@@ -269,4379 +269,3835 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241637", "1000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241637", "03 UN. ESTEIRAS DE INOX SENDO; ( 1 DE 3,00 X 0,60 )( 1 DE 2,70  X 0,20)( 1 DE 1,20 X 0,20 )")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241638", "1001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241638", "02 UN. VIRA TAMBOR PNEMÁTICO COM PISTÃO  E UNIDADE HIDRÁULICA FRENTE INOX")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241635", "1002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241635", " 1 bomba com motor weg 30cv")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241633", "1003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241633", " 1 bomba com motor 30cv")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241634", "1004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241634", " 1 jato de areia cmv")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241636", "1005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241636", "GERADOR 125 KVA COM MOTOR 4CC ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241639", "1006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241639", " 01 MOTOREDUTOR COM MOTOR WEG 3CV")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241640", "1007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241640", " 02 BOMBAS DE ENGRENAGEM")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241641", "1008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241641", " 01 BOMBA PARA ÓLEO MOTOR 3CV")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242479", "1009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242479", "2 bombas para abastecimento de óleo")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242480", "1010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242480", "1 bomba ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242481", "1011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242481", "1 redutor")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243186", "1012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243186", "Análise de sulfa em leite.equipamento para laboratório.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241527", "2002")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241527", "VW SAVEIRO 1.8 ano 2005/2006 - FLEX - AMBULÂNCIA ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241605", "2003")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241605", "GM S10 24 ROTAN AMB.  - COR BRANCA - FLEX. ANO 2008/2009")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241562", "2004")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241562", "EMPILHADEIRA / PALETEIRA ELETRICA TOYOTA  - COM BATERIA E CARREGADOR")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241564", "2005")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241564", " GERADOR DIESEL")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241563", "2006")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241563", " GERADOR 4CC APROX. 15 KVA MOTOR")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241512", "2007")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241512", "Máquina para solda de tubo. Tipo ponteadeira.100 KVa")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>5.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241565", "2008")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241565", " BRAÇO ARTICULADO PARA OFICINA (NÃO INCLUI VIGA LATERAL)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241610", "2009")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241610", " TAMBOREADOR")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241567", "2010")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241567", " DOIS VASOS DE PRESSÃO COM VALVULAS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241602", "2014")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241602", "02 UNIDADES - AUTOCLAVE HOSPITALAR")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241568", "2015")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241568", " Balança digital para 1000 kg 1.20 por 80 cm não testado podendo painel não funcionando")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241603", "2016")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241603", "TALHA 2 TON.")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241609", "2017")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241609", " 01 BOMBA HIDRAULICA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241625", "2018")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241625", " UNIDADE HIDRÁULICA COM MOTOR WEG CV - TABQUE CAPACIDADE 195 LITROS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241623", "2019")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241623", " PRENSA HIDRÁULICA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241507", "2020")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241507", " 1 ventilador. .")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241627", "2021")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241627", " PRENSA PARA AMASSAR LATINHA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241547", "2022")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241547", " MISTURADOR DE ESFERA PARA TINTA COM MOTOR WEG 15 CV")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241569", "2023")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241569", " Canhão giratorio para água")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241525", "2024")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241525", "1 EXAUSTOR LARGURA 65 CM MOTOR WEG 1.5 CV ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241506", "2025")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241506", "VÁLVULA ROTATIVA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241523", "2027")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241523", "1 VENTOINHA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241524", "2028")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241524", "1 REDUTOR DE GRANDE PORTE PESO. 1.250 KGS APROX.")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241513", "2030")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241513", " 1 taboriador de peças com aquecedor")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241548", "2031")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241548", "CENTRÍFUGA SEPARADORA  FLOTTWEG  MOD. MW 2000 SSP 122")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241528", "2032")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241528", "Sistema de filtragem de óleo")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241526", "2033")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241526", "EXAUSTOR LARGURA 65 CM - MOTOR 1.5 HP MONOFASICO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241515", "2034")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241515", "Aprox. 10 peças - câmera e protetor para empilhadeira")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241571", "2035")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241571", " tanque de PVC com pé")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241604", "2037")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241604", "BOMBA A VÁCUO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241551", "2038")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241551", " 01 MOTOR WEG COM BOMBA DE ENGRENAGEM( SEM PLAQUETA) APROX. 25 A 30 CV")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241556", "2039")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241556", " 01 TROLLER PARA 1100 KGS.")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241518", "2040")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241518", "1 bomba a vácuo 2 moto redutor")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241628", "2041")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241628", " COMPRESSOR ( PRECISA MANUTENÇÃO)")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241514", "2042")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241514", "1 unidade hidráulica com 2 bombas hidráulicas com trocador de calor")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241572", "2043")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241572", " 2 trituradores para máquina acricola com facas")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241505", "2045")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241505", "COLETOR E SEPARADOR DE ÓLEO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241626", "2046")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241626", " [ VÍDEO ] COMPRESSOR SCHULZ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241570", "2047")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241570", " 1 bomba a vácuo marca omel mod bvm 250 motor 10 cv")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241629", "2048")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241629", " 4 MOINHOS DE BOLAS ( 1 CAPAC. 1.000LTS - 2 DUPLOS CAPAC. 500 LTS E 1 CAPAC. 500 LTS")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241612", "2049")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241612", " 01 BOMBA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241519", "2053")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241519", " 04 MOTORES CORRENTE CONTÍNUA")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241520", "2054")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241520", " 01 MOTOR")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241608", "2055")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241608", "MB/L 708E ANO 1987/1987 - COR BRANCA - DIESEL")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241552", "2058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241552", " 01 BOMBA DOSADORA 0,33 CV")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241534", "2059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241534", " APARELHO PARA LABORATÓRIO")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241555", "2060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241555", " 01 COMPRESSOR PARA REGERAÇÃO")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241611", "2061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241611", " 2 MAQUINAS DE ESPECIFICAÇÃO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241521", "2062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241521", " 02 PISTÕES PARA DESLOCAMENTO DE MAQUINAS - 1,65 MTS")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241554", "2063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241554", " 03 MOTORES ( SENDO 1 SEM EIXO)")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241529", "2064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241529", " 01 Bomba de alta pressão de pistão - com manual")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241535", "2065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241535", " 1 PAINEL DE MÁQUINA")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241533", "2067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241533", "Moto ventilador")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241504", "2068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241504", " VENTILADOR")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241536", "2069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241536", " UNIDADE HIDRAULICA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241566", "2070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241566", " 01 SERRA ESQUADRILHADEIRA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241613", "2071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241613", " MOTOR 7.5CV RPM 1730")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241537", "2072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241537", " UNIDADE HIDRAULICA COM MOTOR 5CV WEG")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241538", "2073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241538", " ESTEIRA DE LONA (1,90 X 0,20 MTS) COM REDUTOR E MOTOR")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241539", "2074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241539", " FURADEIRA DE BANCADA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241614", "2075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241614", " 05 MOTORES")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241545", "2076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241545", " SIRENE PARA AMBULANCIA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241546", "2078")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241546", " TROCADOR DE PLACAS PEQUENO")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241549", "2079")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241549", " 06 PEÇAS SENDO; 3 MOTOS REDUTORES E 3 MOTORES")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241615", "2080")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241615", " BOMBA HIDRÁULICA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>2.450,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241553", "2082")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241553", " 02 MOTORES WEG")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241498", "2083")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241498", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241607", "2084")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241607", " Carrinho com motor Weg para testes")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241550", "2085")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241550", " 02 MOTO REDUTORES")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241606", "2086")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241606", " 02 motores Eberle sendo ; 1de 4 cv 1710 rpm e 1 de 1,5 cv 1705rpm")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241616", "2088")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241616", " MOTOR COM REDUTOR PARA MAQUINA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241557", "2089")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241557", "05 PNEUS FIRESTONE 235/75R15 (SEM USO  -  DOT VENCIDO)")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241558", "2090")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241558", " BOMBA DE REFRIGERAÇÃO DE MAQUINAS")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241561", "2091")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241561", " UNIDADE HIDRAULICA")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241559", "2092")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241559", " BOMBA DE REFRIGERAÇÃO DE MAQUINAS")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241560", "2093")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241560", " FILTRO MANGA COM MESA ( PARA MARCENARIA)")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241617", "2094")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241617", "03 MOTORES CORRENTE CONTÍNUA")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241618", "2095")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241618", " 04 PAINEIS ELETRICOS")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241576", "2096")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241576", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241573", "2097")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241573", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241578", "2098")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241578", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241575", "2099")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241575", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241579", "2100")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241579", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241581", "2101")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241581", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241580", "2102")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241580", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241577", "2103")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241577", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241574", "2104")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241574", " MISTURADOR PARA TINTAS C/ TACHO EM AÇO CARBONO. APROX. 500 LTS. (não acompanha estrutura de madeira)")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241582", "2105")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241582", " MISTURADOR COM TANQUE ENCAMISADO POR FORA (FERRO) E POR DENTRO (INOX) - BASCULANTE")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241591", "2106")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241591", " MOINHO DE ESFERA COM MOTOR WEG 20CV")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241587", "2107")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241587", " MOINHO DE ESFERA COM MOTOR WEG 20CV")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>350.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241592", "2108")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241592", " MASSEIRA")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241589", "2109")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241589", " BATEDOR HIDRAULICO COM MOTOR WEG 10 CV COM TACHO")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241590", "2110")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241590", " DISPENSOR DUPLO COM 2 MOTORES WEG 20 E 2 TACHOS")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241584", "2111")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241584", " COLETOR DE PÓ")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241586", "2112")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241586", " 02 UN. 2 CHUVEIROS PARA INDUSTRIA QUIMICA ( LAVA OLHOS)")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241588", "2113")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241588", " 04 CONJUNTOS DE MOTOR GERADORES")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241619", "2114")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241619", " 2 sistemas de exaustão de ventilação.um com motor Weg de 1.5 cv outro sem motor")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241620", "2115")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241620", " 12 motores Weg - diversas capacidades")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241583", "2116")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241583", " Cavalete para motor")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241621", "2117")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241621", " 1 unidade hidráulica com motor Weg 7.5 cv")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241585", "2119")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241585", " Rosqueadeira alemã")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241594", "2120")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241594", " 07 auto transformadores variavel")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241597", "2121")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241597", " 16 placas em aluminio")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241511", "2122")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241511", " Espuladeira para enrolar fios e carreteis")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241596", "2123")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241596", " 1 cortador gitatorio")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241593", "2124")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241593", " 1 bureta digital para laboratorio")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241600", "2125")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241600", " 3 micropipeta para laboratorio")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>80.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241599", "2126")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241599", " 2 aparelhos para laboratorio")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241598", "2128")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241598", " 1 psicrômetro")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241499", "2129")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241499", " 5 PROTOCOLADORES")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241500", "2130")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241500", " SOPRADOR")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241501", "2131")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241501", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241502", "2132")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241502", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241503", "2133")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241503", "01 redutor")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>1.120,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241508", "2134")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241508", " 1 Micro teste")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241509", "2135")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241509", " 1 micro teste para laboratório")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241510", "2136")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241510", " porta papel")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241530", "2401")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241530", " Compressor FS CURTIS HTA 120, Motor 15Hp, Tanque - *304 litros, Dimensões - Diâmetro 490 x 1760 mm* Peso - 450 kg Modelo")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241492", "2402")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241492", " 1 SERRA DE FITA RONEMAK COM SOLDADOR ( funcionando )")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241522", "2403")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241522", " BALANÇA FILIZOLA 300 KG")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241630", "2602")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241630", "05 UNIDADES - (SUCATA) MOTORES FORD DIRECT FLEX 2.0")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241631", "2603")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241631", "05 UNIDADES - (SUCATA) MOTORES FORD DIRECT FLEX 2.0")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241632", "2604")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241632", "06 UNIDADES - (SUCATA) MOTORES FORD DIRECT FLEX 2.0")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>