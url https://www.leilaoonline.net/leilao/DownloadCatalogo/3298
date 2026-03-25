--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241696", "3017")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241696", "PÁ CARREGADEIRA MICHIGAN MOD. 75III ANO 1977 ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241697", "3020")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241697", "PÁ CARREGADEIRA FIATALLIS MOD. FR12B - ANO 1996")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241695", "3021")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241695", " PÁ CARREGADEIRA NEW HOLLND MOD. 12B ANO 2008")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>129.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>750.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241698", "3022")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241698", "CONCHA P/ PÁ CARREGADEIRA  930T")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241699", "3023")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241699", "SUCATA - PEÇAS  -  MICHIGAN MOD.55C ANO 96 - SEM MECÂNICA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241702", "3024")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241702", " PÁ CARREGADEIRA WANG MOD. LW 300 ANO 2013")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>650.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241700", "3025")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241700", " MOTONIVELADORA FIATALLIS MOD. FG 85A ANO 1996")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>650.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241705", "3026")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241705", " RETROESCAVADEIRA JCB MOD. 3CX ANO 2017")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>210.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>650.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241703", "3031")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241703", " PÁ CARREGADEIRA CASE MOD. W20B ANO 1988")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>165.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>650.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241701", "3032")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241701", " PÁ CARREGADEIRA NEW HOLLAND MOD. 12B ANO 2008")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>109.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241704", "3033")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241704", " 03 RODAS PARA MICHIGAN 55C ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241706", "3034")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241706", "ÔNIBUS IVECO / CITYCLASS 70/17 - ANO 2013/2014 - COR AMARELA-DIESEL")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241707", "3035")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241707", "[ VÍDEO ] CAMINHÃO BAÚ VOLVO / VM23 240 6X2R - ANO 04/04 - COR BRANCA -  DIESEL.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>