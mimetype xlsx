--- v0 (2025-12-21)
+++ v1 (2026-03-25)
@@ -269,1179 +269,1035 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241722", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241722", " GUINDASTE HYSTER CANARINHO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241710", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241710", " CAÇAMBA - TRANSPORTE DE MATERIAL MARCA TOBATA TRAÇÃO 4x4")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241712", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241712", " GIRO ZERO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241717", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241717", " GIRO ZERO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241711", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241711", " CABINE DE CAMINHAO VW ANO 2008")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241713", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241713", " REBOQUE - ESTRUTURA DE PAINEL DE MENSAGEM VARIAVEL - ano 2010")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241718", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241718", " REBOQUE - ESTRUTURA DE PAINEL DE MENSAGEM VARIAVEL - Ano 2010")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241724", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241724", " CARRETINHA AGRICOLA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241723", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241723", " BOMBA DE ÁGUA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241714", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241714", " ROCADEIRA - ARRASTRO - DUPLA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241715", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241715", " ROCADEIRA - ARRASTRO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241720", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241720", " ROLO DE ARRASTO - pe de carneiro - DUPLO - MAREOTTI")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241716", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241716", " ROLO DE ARRASTO - PE De CARNEIRO -")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241726", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241726", " ROLO DE ARRASTO - LISO - SIMPLES")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241719", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241719", " MOTONIVELADORA XCMG ANO 2012")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242025", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242025", "[ VÍDEOS ] MOTONIVELADORA DRESSER MOD. 205C")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241721", "029")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241721", "[ VÍDEOS ] GUINDASTE BUCYRUS ERIE 12 TON.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241725", "031")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241725", " TANQUE COMBOIO LDA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241727", "033")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/241727", " MOTOR SCÂNIA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242444", "034")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242444", " CARRETINHA CONVIVÊNCIA COM BANHEIRO - ARTESANAL")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242445", "035")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242445", " VIBROACABADORA DE ASFALTO CIBER MOD. CIBER 12 ANO 1989")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242449", "036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242449", " TORNO MECÂNICO IRAN")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>300.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242446", "037")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242446", " CARRETÃO TRIVELLATTO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242450", "038")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242450", " 03 UNIDADES PNEU DE MAQUINA USADO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242447", "039")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242447", " 06 UNIDADES RODAS DE FERRO ROLO COMPACTADOR")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...186 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242455", "040")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242455", " 37 UNDADES CONES DE SINALIZAÇÃO - BARRIL E PEQUENOS -")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242451", "041")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242451", " CARROCEREIA METÁLICA ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242456", "042")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242456", " CARROCEREIA METÁLICA - ENVESP")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242448", "043")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242448", " CARROCEREIA METÁLICA - ENVESP")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242452", "044")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242452", " CARROCEREIA METÁLICA - ENVESP")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242453", "045")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242453", " CARROCEREIA METÁLICA - ENVESP")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242443", "046")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242443", " CARRETINHA - TANQUE -")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242454", "047")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242454", " 04 UNIDADES ESTRUTURA METÁLICA DE TANQUE")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242658", "048")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/242658", "CAMINHÃO PLATAFORMA VW/8.150E DELIVERY ANO 2009/2009 / COR BRANCA /DIESEL  ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...877 lines deleted...]
-      </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243170", "049")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243170", "[ VÍDEO ] PÁ CARREGADEIRA XCMG MOD. ZL30BR ANO 2017")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>180.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243642", "050")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/243642", "APROX. 15 MESAS DE ESCRITORIO DESMONTADAS ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>